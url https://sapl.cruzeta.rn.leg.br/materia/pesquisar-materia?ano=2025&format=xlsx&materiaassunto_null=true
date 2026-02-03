--- v0 (2025-12-20)
+++ v1 (2026-02-03)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1540" uniqueCount="616">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1572" uniqueCount="629">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -344,50 +344,86 @@
   <si>
     <t>666</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/666/projeto_de_lei_n_24-2025_-_institui_o_programa_municipal_de_incentivo_financeiro_educacional_na_modalidade_da_educacao_de_jovens_e_adultos__eja..pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Incentivo Financeiro Educacional, na modalidade da Educação de Jovens e Adultos – EJA.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/667/projeto_de_lei_n_25-2025_-_institui_taxas_de_licenciamento_decorrentes_do_exercicio_do_poder_de_policia_do_municipio_de.pdf</t>
   </si>
   <si>
     <t>INSTITUI TAXAS DE LICENCIAMENTO DECORRENTES DO EXERCÍCIO DO PODER DE POLÍCIA DO MUNICÍPIO DE CRUZETA/RN SOBRE A EXPLORAÇÃO DE MINERAIS, A EXECUÇÃO DE OBRAS OU SERVIÇOS VINCULADOS À CONSTRUÇÃO DE PARQUES EÓLICOS E O USO E A OCUPAÇÃO DO SOLO MUNICIPAL PARA INSTALAÇÃO, MANUTENÇÃO OU OPERAÇÃO DE TORRES, ANTENAS E DEMAIS ESTRUTURAS DESTINADAS À PRESTAÇÃO DE SERVIÇOS DE TELECOMUNICAÇÕES, A GERAÇÃO DE ENERGIA ELÉTRICA COM BASE EM FONTE EÓLICA OU SOLAR E A TRANSMISSÃO E DISTRIBUIÇÃO DE ENERGIA ELÉTRICA DE QUALQUER FONTE, E ALTERA O ART. ART. 69 DA LEI Nº 274, DE 16 DE DEZEMBRO DE 1977, PARA INCLUIR OS INCISOS VI, VII, VIII, IX, X E XI NO §1º, E OS §§5º, 6º E 7º E ART. 71, PARA INCLUIR OS INCISOS VI, VII, VIII, IX, X E XI, DA MESMA LEI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>669</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/669/projeto_de_lei_n26-2025_-_creditos_especial_construcao_de_creche.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 3.960.000,000 (Três milhões novecentos e sessenta mil reais) E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>670</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/670/projeto_de_lei_n_27-2025_-_projeto_lei_rateio_fundeb_cruzeta_1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a distribuição do rateio de que trata o art. 26 da Lei Federal nº 14.113/2020, aos profissionais da educação básica da rede pública municipal de ensino de Cruzeta/RN, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>671</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/671/projeto_de_lei_n_28-2025_-_credito_especial_excesso_de_arredacao_vaat_1.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 2.641.089,27 (Dois milhões seiscentos e quarenta e um mil, oitenta e nove reais e vinte e sete centavos) E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
     <t>476</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_lei_complementar_no_01-2025_-_piso_dos_professores.pdf</t>
   </si>
   <si>
     <t>Atualiza o valor salarial dos professores da rede municipal de educação de acordo com a Lei Federal nº 11.738, de 16 de julho de 2008.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/491/rojeto_de_lei_complementar__n_02-2025_-_institui_o_programa_de_parcelamento_incentivado_-_ppi.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Parcelamento Incentivado - PPI, relativo aos débitos fiscais de pessoas físicas e jurídicas com o fisco municipal e dá outras providências.</t>
   </si>
   <si>
     <t>656</t>
@@ -634,75 +670,66 @@
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando a construção de duas Areninhas Esportivas de Vôlei de Praia e Futevôlei no terreno ao lado do Ginásio de Esportes "O Medeirão", e que seu uso seja de maneira gratuita.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/536/requerimento_no_24-2025-_patricio_sinderley.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, para que seja enviado expediente ao Exmº. Sr. Prefeito Municipal, solicitando a reforma e manutenção da estrada da comunidade Rio do Meio, com especial atenção à subida (ladeira) localizada nas proximidades da residência do senhor conhecido como “Biró de Padadá”.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/537/requerimento_n_25-2025_-_gabriella_laisy_-_solicitando_a_implantacao_de_uma_2a_equipe_multiprofissional_emulti_e_de_uma_3a_equipe_de_atencao_basica_na_zona_urbana_do_municipio_de_cruzeta-rn..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando a implantação de uma 2ª Equipe Multiprofissional (eMulti) e de uma 3ª Equipe de Atenção Básica na Zona Urbana do Município de Cruzeta/RN.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>26</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/540/requerimento_n_26-2025_-_ariluzia_sasnara_-_solicitando_a_instalacao_de_pontos_de_coleta_para_medicamentos_vencidos_em_unidades_de_saude_farmacias_municipais..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando a instalação de pontos de coleta para medicamentos vencidos em unidades de saúde, farmácias municipais e outros locais estratégicos do município.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>27</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/543/requerimento__n_27-2025_-_itan_lobo_de_medeiros-_emenda_de_banca_parlamentar_para_reducao_de_filas_de_espera_na_saude.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente Exmª. Srª Senadora Federal Zenaide Maia Calado Pereira dos Santos, solicitando uma emenda de Bancada Parlamentar no valor de R$ 300.000,00 (trezentos mil reais), para que seja destinada a Saúde do município de Cruzeta-RN, visando a redução de filas de espera.</t>
   </si>
   <si>
     <t>549</t>
-  </si>
-[...1 lines deleted...]
-    <t>28</t>
   </si>
   <si>
     <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/549/requerimento_n_28-2025_-_walfredo_cesino_-_para_que_o_projeto_de_lei_10-2025_da_mesa_diretora_tenha_tramitacao_em_regime_de_urgencia.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, com fundamento no artigo 95, § 3º inciso VII do Regimento Interno (Resolução nº 38/90), para que o Projeto de Lei 10/2025, da Mesa Diretora, tenha tramitação em Regime de Urgência, de acordo com os dispostos nos artigos 59, 107 e 108 do citado Regimento Interno.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/551/requerimento_n_29-2025_-_solicitando_a_viabilizacao_de_exames_de_endoscopia_no_municipio_com_a_contratacao_de_profissionais_capacitados_especializados_e_com_formacao.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr prefeito Municipal, através da Secretaria Municipal de Saúde, solicitando a viabilização de exames de endoscopia no Município, com a contratação de profissionais capacitados, especializados e com formação e, que a infraestrutura seja adequada, para que estes sejam realizados com qualidade e eficácia.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>30</t>
   </si>
@@ -1039,50 +1066,62 @@
 Requeiro, outro sim, com base no citado artigo 59, que o presente Requerimento seja dispensado de parecer de comissão.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_n_58-2025_-_walfredo_cesino.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, com fundamento no artigo 95, § 3º inciso VII do Regimento Interno (Resolução nº 38/90), para que o Projeto de Lei Complementar n° 03/2025, Projeto de Lei n° 21/2025, Projeto de Lei n° 22/2025, Projeto de Lei n° 23/2025 e Projeto de Lei n° 24/2025, do Poder Executivo, tenha tramitação em Regime de Urgência, de acordo com os dispostos nos artigos 59, 107 e 108 do citado Regimento Interno. Requeiro, outro sim, com base no citado artigo 59, que o presente Requerimento seja dispensado de parecer de comissão.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/668/requerimento_n_59-2025_-_gabriella_laisy_-_projeto_de_lei_25-2025.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, com fundamento no artigo 95, § 3º inciso VII do Regimento Interno (Resolução nº 38/90), para que o Projeto de Lei n° 25/2025, do Poder Executivo, tenha tramitação em Regime de Urgência, de acordo com os dispostos nos artigos 59, 107 e 108 do citado Regimento Interno. Requeiro, outro sim, com base no citado artigo 59, que o presente Requerimento seja dispensado de parecer de comissão.</t>
+  </si>
+  <si>
+    <t>672</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/672/requerimento_n_60-2025_-_ariluzia_sasnara.pdf</t>
+  </si>
+  <si>
+    <t>Requer a Mesa ouvido o Plenário, com fundamento no artigo 95, § 3o inciso VII do Regimento Interno (Resolução no 38/90), para que os Projetos de Leis n° 26, 27 e 28/2025 do Poder Executivo, tenha tramitação em Regime de Urgência, de acordo com os dispostos nos artigos 59, 107 e 108 do citado Regimento Interno. Requeiro, outro sim, com base no citado artigo 59, que o presente Requerimento seja dispensado de parecer de comissão.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/516/projeto_de_resolun_01-2025_-_mesa_diretora_-_cria_no_ambito_municipal_o_parlamento_jovem_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Cria no âmbito municipal o Parlamento Jovem e dá outras providências.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica Municipal</t>
   </si>
@@ -2211,56 +2250,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/475/projeto_de_lei_no__01-2025__aumento_salarial_demais_servidores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/477/projeto_de_lei_02-2025_-_abertura_de_credito_especial_-_aquisicao_de_imovel_-_cruzeta_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/489/projeto_de_lei_n_03-2025_-_dispoe_sobre_a_alteracao_do_nome_da_guarda_municipal_para_policia_municipal_e_da_outras_providencias..docx.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/490/projeto_de_lei_n_04-2025_-_dispoe_sobre_a_criacao_de_cargo_publico_de_provimento_em_comissao_do_quadro_de_pessoal_da_prefeitura_de_cruzeta-rn_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/492/projeto_de_lei_n_05-2025_-_mesa_diretora_-_dispoe_sobre_o_reajuste_dos_vencimentos_dos_servidores_da_camara_municipal_de_cruzeta-rn_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/502/projeto_de_lei_n_06-2025_-_dispoe_sobre_o_tratamento_diferenciado_favorecido_regionalizado_e_simplificado_as_microempresas_me....pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/503/projeto_de_lei_n_07-2025-_aquisicao_-_sede_do_cruzetaprev_-_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/504/projeto_de_lei_n_08-2025_-_credito_especial_crianca_feliz.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei_n_09-2025_-_dispoe_sobre_o_sistema_unico_de_assistencia_social_-_suas_do_municipio_de_cruzeta-rn_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/548/projeto_de_lei_10-205_-_adequacao_subsidio_presidente.docx.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/576/projeto_de_lei_n_11-2025-__ppa_2026-2029_-dispoe_sobre_o_plano_plurianual_para_o_periodo_de_2026_a_2029..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/588/projeto_de_lei_n_13-2025_-_altera_as_aliquotas_de_contribuicao_do_rpps.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/595/projeto_de_lei_n_14-2025_-_dispoe_sobre_a_gratuidade_no_acesso_de_criancas_atipicas_com_quaisquer_tipos_de_deficiencia_em_parques_de_diversoes_instalados_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/599/projeto_de_lei_n_15-2025_-_loa_2026_e_anexos_2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/600/projeto_de_lei_n_16-2025-_projeto_de_lei_institui_a_loteria_municipal_no_ambito_do_municipio_de_cruzeta-rn_lotocruzeta.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/631/reconhece_de_utilidade_publica_pescadores1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_lei_n_19-2025_pl_alienacao_bens_moveis_leilao_cruzeta_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/650/projeto_de_lei_n_20-2025_-_pl_alteracao_lei_1239_reabertura_prazo_e_supressao_limite_cruzeta_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/657/projeto_de_lei_n_21-2025_-_extingue_o_cargo_em_comissao_de_coordenador_de_contabilidade.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/658/projeto_de_lei_n_22-2025_-_convenio_com_a_liga_norte_riograndense_contra_o_cancer_para_prestacao_de_servicos_de_atendimento_na_area_de_prevencao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_no23-2025_-_revoga_a_lei_municipal_no_794_de_2002_em_cumprimento_a_decisao_judicial_proferida_na_acao_direta_de_inconstitucionalidade.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/666/projeto_de_lei_n_24-2025_-_institui_o_programa_municipal_de_incentivo_financeiro_educacional_na_modalidade_da_educacao_de_jovens_e_adultos__eja..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/667/projeto_de_lei_n_25-2025_-_institui_taxas_de_licenciamento_decorrentes_do_exercicio_do_poder_de_policia_do_municipio_de.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_lei_complementar_no_01-2025_-_piso_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/491/rojeto_de_lei_complementar__n_02-2025_-_institui_o_programa_de_parcelamento_incentivado_-_ppi.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/656/projeto_de_lei_complementar_n03-2025_-_criar_a_subcoordenacao_de_almoxarifado_e_abastecimento_alimentar_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n_01-2025_-_walfredo_cesino_de_medeiros-solicitando_a_nomeacao_da_rua_atualmente_sem_denominacao_localizada_nas_proximidades_do_acude_da_pitombeira_mais_precisamente_da_oficina.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n_02-2025_-_cypriano_pinheiro_-_solicitando_o_trator_para_o_corte_de_terras_como_tambem_a_distribuicao_de_sementes_para_o_plantio_na_zona_rural_do_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n_03-2025_-_cypriano_pinheiro_-_solicitando_do_mesmo_a_patrol_do_municipio_para_restaurar_as_estradas_da_zona_rural_nos_locais_mais_criticos_que_dao_acesso_a_este_municipio..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n_04-2025_-_itan_lobo_-_lsolicitando_que_seja_implantado_na_rede_de_ensino_municipal_o_projeto_bombeiro_mirim..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n_05-2025_-_itan_lobo_-_solicitando_a_construcao_de_um_canil_em_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n_06-2025_-_itan__lobo_-_solicitando_que_sejam_tomadas_as_devidas_providencias_em_relacao_as_motos_que_possuem_escapamento_esportivo..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n_07-2025_-_itan_lobo_-_solicitando_a_implantacao_de_faixas_de_pedestres_nas_proximidades_das_escolas_municipais..docx.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_n_08-2025-_itan_lobo_-_para_que_sejam_construidas_duas_passagens_molhadas_no_sitio_salgado..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_n_09-2025_-_katia_albertina_-_solicitando_a_abertura_dos_postos_de_saude_na_zona_rural_para_que_sejam_realizados_atendimentos_medicos..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_n_10-2025-_ariluzia_sasnara_-_especializado_em_reabilitacao_especificamente_para_pessoas_com_deficiencia_com_profissionais_especializados_que_atendam_seus_anseios_e_necessidades..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_n_11-2025_-_gabriella_layse_-_com_copia_as_secretarias_de_saude_e_de_assistencia_social_solicitando_que_seja_viabilizada_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/500/requeirmento_n_12-2025_-_itan_lobo_-_solicitando_que_seja_realizada_uma_analise_de_reparo_na_parede_do_acude_do_municipio_de_cruzeta..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_n_13-2025-_gabriella_layse_-solicitando_a_atencao_e_o_apoio_necessario_para_a_realizacao_de_melhorias_na_praca_de_alimentacao_atualmente_localizada_ao_lado_da_guarda_municipal...pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_n_14-2025_-_bebeto_e_patricio_-_solicitando_a_continuidade_das_atividades_das_escolinhas_de_volei_e_futsal_no_municipio_de_cruzeta_e_dentro_das_possibilidades_orcamentarias...docx.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/512/requerimento_n_15-2025-_ariluzia_-_solicitando_que_seja_visto_a_possibilidade_da_criacao_do_caee.docx.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_n_16-2025-_cypriano_pinhieiro_-_solicitando_restauracao_das_pontes_do_rio_salgado_e_quimporo.docx.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/514/requerimento_n_17-2025-_cypriano_pinheiro_-_solicitando_que_um_veterinario_realize_atendimentos_na_zona_rural_do_municipio_de_cruzeta-rn..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/515/requerimento_n_18-2025-_itan_lobo_-_solicitando_a_construcao_de_uma_academia_da_saude_na_ciclovia_jose_pereira_da_silva..pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/519/requeirmento_n_19-2025-_patricio_sisnderley_-_solicitando_a_aquisicao_de_um_aparelho_de_fototerapia_neonatal_equipamento_essencial_para_o_tratamento_eficaz_da_ictericia_em_recem-nascidos..pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_n_20-2025_-_patricio_sinderley_-_solicitando_seja_adicionado_aterro_no_caminho_do_sitio_fechado_no_local_conhecido_como_passagem_da_lagoa..pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_n_22-2025_-_walfredo_cesino_-_solicitando_a_disponibilizacao_de_uma_maquina_perfuratriz_em_parceria_com_a_amso__associacao_dos_municipios_do_sudoeste_do_estado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/526/requerimento_n_23-2025_-_itan_lobo_-solicitando_a_construcao_de_duas_areninhas_esportiva_de_volei_de_praia_e_futevolei_no_terreno_ao_lado_do_ginasio_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/536/requerimento_no_24-2025-_patricio_sinderley.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/537/requerimento_n_25-2025_-_gabriella_laisy_-_solicitando_a_implantacao_de_uma_2a_equipe_multiprofissional_emulti_e_de_uma_3a_equipe_de_atencao_basica_na_zona_urbana_do_municipio_de_cruzeta-rn..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/540/requerimento_n_26-2025_-_ariluzia_sasnara_-_solicitando_a_instalacao_de_pontos_de_coleta_para_medicamentos_vencidos_em_unidades_de_saude_farmacias_municipais..pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/543/requerimento__n_27-2025_-_itan_lobo_de_medeiros-_emenda_de_banca_parlamentar_para_reducao_de_filas_de_espera_na_saude.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/549/requerimento_n_28-2025_-_walfredo_cesino_-_para_que_o_projeto_de_lei_10-2025_da_mesa_diretora_tenha_tramitacao_em_regime_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/551/requerimento_n_29-2025_-_solicitando_a_viabilizacao_de_exames_de_endoscopia_no_municipio_com_a_contratacao_de_profissionais_capacitados_especializados_e_com_formacao.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento_n_30-2025_-_walfredo_cesino_-_solicitando_a_construcao_de_uma_passarela_sobre_a_ponte_do_alto_dos_remedios..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/553/requerimento_n_31-2025_-_patricio_sinderley_-_solicitando_que_a_empresa_contratada_para_construcao_dos_mata_burros_da_zona_rural_seja_notificada.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/554/requerimento_n_32-2025-_patricio_sinderley_-_solicitando_ao_poder_executivo_a_realizacao_de_prestacao_de_contas_e_a_apresentacao_da_previsao_de_conclusao_da_ampliacao_do_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/555/requerimento_n_33-2025_-_gabriella_laisy_-_solicitando_a_designacao_de_vigilantes_para_as_escolas_e_unidades_de_saude_da_rede_publica_municipal_como_medida_preventiva..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/561/requerimento_n_34-2025_-_ariluzia_sasnara__solicitando_a_implantacao_de_areas_verdes_como_por_exemplo_hortas_sustentaveis_com_plantas_...pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/562/requerimento_n_35-2025_-__ariluzia_sasnara_-_solicitando_a_aquisicao_de_materiais_e_equipamentos_com_o_objetivo_de_melhorar_as_atividades_desenvolvidas_na_academia_da_saude.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/563/requerimento_n_36-2025-_ariluzia_sasnara_-_solicitando_a_implantacao_da_sala_da_mulher_no_creas__centro_de_referencia_especializado_de_assistencia_social_deste_municipio..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/564/requerimento_n_37-2025_-patricio_sinderley_-_solicitando_que_seja_realizado_por_parte_do_executivo_um_concurso_publico...pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/565/requerimento_n_38-2025-_gabriella_laisy_-__solicitando_que_nas_festividades_promovidas_pelo_municipio_sejam_asseguradas_medidas_de_acessibilidade_e_inclusao_...pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/578/requerimento_n_39-2025-_bebeto_diniz-__a_prestacao_de_contas_detalhada_do_leilao_de_bens_imoveis_notadamente_terrenos_realizado_no_ultimo_dia_22_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/579/requerimento_n_40-2025_-_bebeto_diniz-_requerendo_que_encaminhe_a_esta_casa_legislativa_no_prazo_legal_os_devidos_esclarecimentos_acerca_do_nao_pagamento_das_emendas_impositivas_..pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/582/requerimento_n_41-2025_-_katia_albertina_-_solicitando_a_construcao_de_uma_passagem_molhada_no_riacho_da_barra_localizado_no_sitio_riacho_da_barra_proximo_ao_finado_ze_rodrigues..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/583/requerimento_n_42-2025_-_katia_albertina_-_solicitando_a_construcao_de_uma_passagem_molhada_no_riacho_das_lajes_localizada_no_sitio_riacho_das_lajes_proximo_a_ze_maria..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/584/requerimento_n_43-2025_-_ariluzia_sasnara_-__solicitando_que_seja_providenciado_um_ponto_de_iluminacao_publica_na_rua_ao_lado_do_clube_municipal_proximo_ao_parque_infantil_...pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/585/requerimento_n_44-2025_-_ariluzia_sasnara_-__solicitando_que_seja_providenciado_a_implantacao_de_um_brecho_social_no_cras.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/586/requerimento_n_45-2025_-_ariluzia_sasnara_-_solicitando_um_convenio_com_a_associacao_aspoarc__associacao_dos_produtores_artesanais_de_cruzeta..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/587/requerimento_n_46-2025_-_itan_lobo_-__bem_como_as_superintendencias_da_codevasf_e_da_funasa_solicitando_a_perfuracao_de_pocos_tubulares.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/594/requerimento_n_47-2025_-_walfredo_cesino_-_para_que_o_projeto_de_lei_13-2025_do_poder_executivo_tenha_tramitacao_em_regime_de_urgencia_de_acordo_com_os_disp.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/597/requerimento_n_48-2025_-_itan_lobo-_solicitando_do_presidente_do_senar_cursos_profissionalizantes_na_area_de_culinaria_e_beneficiamento_do_pescado_para_os_pescadores_...pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/598/requerimento_n_49-2025_-_gabriella_laisy_-_solicitando_a_implantacao_de_um_centro_de_apoio_e_atendimento_multiprofissional_as_mulheres_com_endometriose_no_municipio_de_cruzeta-rn..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/602/requerimento_n50-2025_-_walfredo_cesino_-_para_que_o_projeto_de_lei_17-2025_do_poder_executivo_tenha_tramitacao_em_regime_de_urgencia..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/603/requerimento_n_51-2025-_itan_lobo_-_solicitando_a_construcao_de_um_abatedouro_municipal..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/632/requerimento_n_52_-_gabriella_laisy_-_pavimentacao_em_paralelepipedo_e_a_revitalizacao_do_reservatorio_dagua_na_zona_rural_especialmente_no_perimetro_irrigado_ii..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/644/requerimento_n_53-2025_-_ariluzia_sasnara_-_convocacao_do__prefeito_municipal_de_cruzeta_para_comparecer_a_esta_casa_legislativa_em_dia_e_hora_a_serem_defin.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/651/requerimento_n_54-2025_-_gabriella_laisy_-_poste_de_iluminacao_publica_no_bairro_alto_dos_remedios_nas_proximidades_da_residencia_do_sr._ulisses.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/652/requerimento_n_55-2025_-_patricio_sinderley_-_implementacao_de_2_faixas_de_pedestres_nas_duas_entradas_do_alto_dos_remedios_2_redutores_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/653/requerimento_n_56-2025_-_cypriano_pinheiro_-_implementacao_de_1_redutor_de_velocidade_quebra-mola_no_portico_da_entrada_de_cruzeta-acari..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_n_57-2025_-_walfredo_cesino_-projeto_de_lei_19.2025_regime_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_n_58-2025_-_walfredo_cesino.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/668/requerimento_n_59-2025_-_gabriella_laisy_-_projeto_de_lei_25-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/516/projeto_de_resolun_01-2025_-_mesa_diretora_-_cria_no_ambito_municipal_o_parlamento_jovem_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/527/emenda_a_lei_organica_n_01-2025_-_altera_a_lei_organica_do_municipio_de_cruzeta-rn_para_incluir__o_art._119-a.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_n_01-2025_-_itan_lobo_de_medeiros_-_nomear_ruas.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/501/indicacao_n_02-2025_-_itan_lobo_de_medeiros_-_solicitando_que_seja_colocado_quebra-molas_nas_seguintes_ruas_do_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/538/indicacao_n_03-2025_-_gabriella_laisy_-_solicitando_que_encaminhe_a_esta_camara_projeto_de_lei_que_institua_o_programa_municipal_de_incentivo_ao_esporte_e_lazer__bolsa_atleta.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/571/indicacao_n_04-2025_-_gabriella_laisy_-_solicitando_que_encaminhe_a_esta_casa_legislativa_o_projeto_de_lei_assegurando_as_criancas_diagnosticadas_com_transtorno_do_espectro_autista.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_n_05-2025_-_ariluzia_sasnara_-_solicitando_a_titulo_de_sugestao_a_denominacao_de_ruas_eou_predios_publicos_com_os_nomes_do_casal_sr._antonio_geraldo_de_almeida_e_a_sra_jo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/655/indicacao_n_06-2025_-_patricio_sinderley_-_gestao_se_sensibilize_e_arque_com_as_despesas_totais_ou_parciais_de_reforma_do_quiosque_publico_localizado_na_praca_dr._silvio_bezerra_de_melo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/606/projeto_de_decreto_legislativo_no_01-2025_-_contas_anuais_joaquim_jose_de_medeiros_-_2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/610/projeto_de_decreto_legislativo_no_02-_2025_-_titulo_de_cidadao_cruzetense_a_sra._vitoria_dantas.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/611/projeto_de_decreto_legislativo_no_03-_2025_-_titulo_de_cidadao_cruzetense_ao_sr._euripedes_araujo_costa_junior.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/612/projeto_de_decreto_legislativo_no_04-2025_-_titulo_de_cidadao_cruzetense_a_sra._julia_ferreira_lopes_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/613/projeto_de_decreto_legislativo_no_05-_2025_-_titulo_de_cidadao_cruzetense_ao_sr._victor_fabricio_alexandre_sales.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/614/projeto_de_decreto_legislativo_no_06-2025_-_titulo_de_cidadao_cruzetense_ao_sr._cicero_damiao_felix_aciole.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/615/projeto_de_decreto_legislativo_no_07-_2025_-_titulo_de_cidadao_cruzetense_ao_sr._roberth_batista_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/616/projeto_de_decreto_legislativo_no_08-2025_-_titulo_de_cidadao_cruzetense_ao_sr._marcos_george_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/617/projeto_de_decreto_legislativo_no_09-2025_-_titulo_de_cidadao_cruzetense_ao_sr._roberto_carlos_cavalcante_ferreira.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/618/projeto_de_decreto_legislativo_no_10-2025_-__titulo_de_cidadao_cruzetense_a_sra._mikaelly_fernanda_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/619/projeto_de_decreto_legislativo_no_11-2025_-_titulo_de_cidadao_cruzetense_a_sra._edna_fernandes_da_nobrega_medeiros.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/620/projeto_de_decreto_legislativo_no_12-2025_-_titulo_de_cidadao_cruzetense_ao_sr._marcelo_araujo_de_assis.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/621/projeto_de_decreto_legislativo_no_13-2025_-_titulo_de_cidadao_cruzetense_a_sra._sonia_maria_de_medeiros_silva.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/625/projeto_de_decreto_legislativo_no_14-2025_-_titulo_de_cidadao_cruzetense_ao_sr._cicero_diniz_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/627/projeto_de_decreto_legislativo_no_16-2025_-_titulo_de_cidadao_cruzetense_a_sra._benedita_araujo_alves.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/628/projeto_de_decreto_legislativo_no_17-2025_-_titulo_de_cidadao_cruzetense_a_sra._elizabeth_macedo_costa_santos.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/630/projeto_de_decreto_legislativo_no_19-2025_-titulo_de_cidadao_cruzetense_ao_sr._edson_filho.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/577/projeto_de_lei_n_12-2025_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2026_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/474/leitura_anual_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/478/comunicacao_n_01-2025__movimento_democratico_brasileiro-_mdb.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/479/comunicacao_02-2025_partido_da_social_democracia_brasileira_-_psdb.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/480/comunicacao_03-2025_partido_da_social_democracia_brasileira_-_psdb.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/481/comunicacao_04-2025_movimento_democratico_brasileiro-_mdb.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/607/comunicacao_n_05-2025_-_renuncia_do_vereador_hildeberto_diniz_da_lideranca.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/608/comunicacao_n_06-2025-_lider_oposicionista_vereador_patricio_sinderley.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/635/emenda_impositiva_n_01-2025_-_ariluzia_sasnara.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/637/emenda_impositiva_n_03-2025_-itan_lobo.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/638/emenda_impositiva_n_04-2025_-walfredo_cesino.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/639/emenda_impositiva_n_05-2025_-patricio_sinderley.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/640/emenda_impositiva_n_06-2025_-cypriano_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/641/emenda_impositiva_n_07-2025_-_katia_albertina.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/642/emenda_impositiva_n_08-2025_-jose_ethel.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/643/emenda_impositiva_n_09-2025_-gabriella_laisy.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/475/projeto_de_lei_no__01-2025__aumento_salarial_demais_servidores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/477/projeto_de_lei_02-2025_-_abertura_de_credito_especial_-_aquisicao_de_imovel_-_cruzeta_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/489/projeto_de_lei_n_03-2025_-_dispoe_sobre_a_alteracao_do_nome_da_guarda_municipal_para_policia_municipal_e_da_outras_providencias..docx.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/490/projeto_de_lei_n_04-2025_-_dispoe_sobre_a_criacao_de_cargo_publico_de_provimento_em_comissao_do_quadro_de_pessoal_da_prefeitura_de_cruzeta-rn_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/492/projeto_de_lei_n_05-2025_-_mesa_diretora_-_dispoe_sobre_o_reajuste_dos_vencimentos_dos_servidores_da_camara_municipal_de_cruzeta-rn_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/502/projeto_de_lei_n_06-2025_-_dispoe_sobre_o_tratamento_diferenciado_favorecido_regionalizado_e_simplificado_as_microempresas_me....pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/503/projeto_de_lei_n_07-2025-_aquisicao_-_sede_do_cruzetaprev_-_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/504/projeto_de_lei_n_08-2025_-_credito_especial_crianca_feliz.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei_n_09-2025_-_dispoe_sobre_o_sistema_unico_de_assistencia_social_-_suas_do_municipio_de_cruzeta-rn_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/548/projeto_de_lei_10-205_-_adequacao_subsidio_presidente.docx.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/576/projeto_de_lei_n_11-2025-__ppa_2026-2029_-dispoe_sobre_o_plano_plurianual_para_o_periodo_de_2026_a_2029..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/588/projeto_de_lei_n_13-2025_-_altera_as_aliquotas_de_contribuicao_do_rpps.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/595/projeto_de_lei_n_14-2025_-_dispoe_sobre_a_gratuidade_no_acesso_de_criancas_atipicas_com_quaisquer_tipos_de_deficiencia_em_parques_de_diversoes_instalados_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/599/projeto_de_lei_n_15-2025_-_loa_2026_e_anexos_2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/600/projeto_de_lei_n_16-2025-_projeto_de_lei_institui_a_loteria_municipal_no_ambito_do_municipio_de_cruzeta-rn_lotocruzeta.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/631/reconhece_de_utilidade_publica_pescadores1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_lei_n_19-2025_pl_alienacao_bens_moveis_leilao_cruzeta_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/650/projeto_de_lei_n_20-2025_-_pl_alteracao_lei_1239_reabertura_prazo_e_supressao_limite_cruzeta_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/657/projeto_de_lei_n_21-2025_-_extingue_o_cargo_em_comissao_de_coordenador_de_contabilidade.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/658/projeto_de_lei_n_22-2025_-_convenio_com_a_liga_norte_riograndense_contra_o_cancer_para_prestacao_de_servicos_de_atendimento_na_area_de_prevencao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_no23-2025_-_revoga_a_lei_municipal_no_794_de_2002_em_cumprimento_a_decisao_judicial_proferida_na_acao_direta_de_inconstitucionalidade.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/666/projeto_de_lei_n_24-2025_-_institui_o_programa_municipal_de_incentivo_financeiro_educacional_na_modalidade_da_educacao_de_jovens_e_adultos__eja..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/667/projeto_de_lei_n_25-2025_-_institui_taxas_de_licenciamento_decorrentes_do_exercicio_do_poder_de_policia_do_municipio_de.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/669/projeto_de_lei_n26-2025_-_creditos_especial_construcao_de_creche.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/670/projeto_de_lei_n_27-2025_-_projeto_lei_rateio_fundeb_cruzeta_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/671/projeto_de_lei_n_28-2025_-_credito_especial_excesso_de_arredacao_vaat_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_lei_complementar_no_01-2025_-_piso_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/491/rojeto_de_lei_complementar__n_02-2025_-_institui_o_programa_de_parcelamento_incentivado_-_ppi.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/656/projeto_de_lei_complementar_n03-2025_-_criar_a_subcoordenacao_de_almoxarifado_e_abastecimento_alimentar_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n_01-2025_-_walfredo_cesino_de_medeiros-solicitando_a_nomeacao_da_rua_atualmente_sem_denominacao_localizada_nas_proximidades_do_acude_da_pitombeira_mais_precisamente_da_oficina.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n_02-2025_-_cypriano_pinheiro_-_solicitando_o_trator_para_o_corte_de_terras_como_tambem_a_distribuicao_de_sementes_para_o_plantio_na_zona_rural_do_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n_03-2025_-_cypriano_pinheiro_-_solicitando_do_mesmo_a_patrol_do_municipio_para_restaurar_as_estradas_da_zona_rural_nos_locais_mais_criticos_que_dao_acesso_a_este_municipio..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n_04-2025_-_itan_lobo_-_lsolicitando_que_seja_implantado_na_rede_de_ensino_municipal_o_projeto_bombeiro_mirim..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n_05-2025_-_itan_lobo_-_solicitando_a_construcao_de_um_canil_em_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n_06-2025_-_itan__lobo_-_solicitando_que_sejam_tomadas_as_devidas_providencias_em_relacao_as_motos_que_possuem_escapamento_esportivo..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n_07-2025_-_itan_lobo_-_solicitando_a_implantacao_de_faixas_de_pedestres_nas_proximidades_das_escolas_municipais..docx.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_n_08-2025-_itan_lobo_-_para_que_sejam_construidas_duas_passagens_molhadas_no_sitio_salgado..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_n_09-2025_-_katia_albertina_-_solicitando_a_abertura_dos_postos_de_saude_na_zona_rural_para_que_sejam_realizados_atendimentos_medicos..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_n_10-2025-_ariluzia_sasnara_-_especializado_em_reabilitacao_especificamente_para_pessoas_com_deficiencia_com_profissionais_especializados_que_atendam_seus_anseios_e_necessidades..pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_n_11-2025_-_gabriella_layse_-_com_copia_as_secretarias_de_saude_e_de_assistencia_social_solicitando_que_seja_viabilizada_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/500/requeirmento_n_12-2025_-_itan_lobo_-_solicitando_que_seja_realizada_uma_analise_de_reparo_na_parede_do_acude_do_municipio_de_cruzeta..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_n_13-2025-_gabriella_layse_-solicitando_a_atencao_e_o_apoio_necessario_para_a_realizacao_de_melhorias_na_praca_de_alimentacao_atualmente_localizada_ao_lado_da_guarda_municipal...pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_n_14-2025_-_bebeto_e_patricio_-_solicitando_a_continuidade_das_atividades_das_escolinhas_de_volei_e_futsal_no_municipio_de_cruzeta_e_dentro_das_possibilidades_orcamentarias...docx.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/512/requerimento_n_15-2025-_ariluzia_-_solicitando_que_seja_visto_a_possibilidade_da_criacao_do_caee.docx.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_n_16-2025-_cypriano_pinhieiro_-_solicitando_restauracao_das_pontes_do_rio_salgado_e_quimporo.docx.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/514/requerimento_n_17-2025-_cypriano_pinheiro_-_solicitando_que_um_veterinario_realize_atendimentos_na_zona_rural_do_municipio_de_cruzeta-rn..pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/515/requerimento_n_18-2025-_itan_lobo_-_solicitando_a_construcao_de_uma_academia_da_saude_na_ciclovia_jose_pereira_da_silva..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/519/requeirmento_n_19-2025-_patricio_sisnderley_-_solicitando_a_aquisicao_de_um_aparelho_de_fototerapia_neonatal_equipamento_essencial_para_o_tratamento_eficaz_da_ictericia_em_recem-nascidos..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_n_20-2025_-_patricio_sinderley_-_solicitando_seja_adicionado_aterro_no_caminho_do_sitio_fechado_no_local_conhecido_como_passagem_da_lagoa..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_n_22-2025_-_walfredo_cesino_-_solicitando_a_disponibilizacao_de_uma_maquina_perfuratriz_em_parceria_com_a_amso__associacao_dos_municipios_do_sudoeste_do_estado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/526/requerimento_n_23-2025_-_itan_lobo_-solicitando_a_construcao_de_duas_areninhas_esportiva_de_volei_de_praia_e_futevolei_no_terreno_ao_lado_do_ginasio_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/536/requerimento_no_24-2025-_patricio_sinderley.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/537/requerimento_n_25-2025_-_gabriella_laisy_-_solicitando_a_implantacao_de_uma_2a_equipe_multiprofissional_emulti_e_de_uma_3a_equipe_de_atencao_basica_na_zona_urbana_do_municipio_de_cruzeta-rn..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/540/requerimento_n_26-2025_-_ariluzia_sasnara_-_solicitando_a_instalacao_de_pontos_de_coleta_para_medicamentos_vencidos_em_unidades_de_saude_farmacias_municipais..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/543/requerimento__n_27-2025_-_itan_lobo_de_medeiros-_emenda_de_banca_parlamentar_para_reducao_de_filas_de_espera_na_saude.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/549/requerimento_n_28-2025_-_walfredo_cesino_-_para_que_o_projeto_de_lei_10-2025_da_mesa_diretora_tenha_tramitacao_em_regime_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/551/requerimento_n_29-2025_-_solicitando_a_viabilizacao_de_exames_de_endoscopia_no_municipio_com_a_contratacao_de_profissionais_capacitados_especializados_e_com_formacao.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento_n_30-2025_-_walfredo_cesino_-_solicitando_a_construcao_de_uma_passarela_sobre_a_ponte_do_alto_dos_remedios..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/553/requerimento_n_31-2025_-_patricio_sinderley_-_solicitando_que_a_empresa_contratada_para_construcao_dos_mata_burros_da_zona_rural_seja_notificada.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/554/requerimento_n_32-2025-_patricio_sinderley_-_solicitando_ao_poder_executivo_a_realizacao_de_prestacao_de_contas_e_a_apresentacao_da_previsao_de_conclusao_da_ampliacao_do_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/555/requerimento_n_33-2025_-_gabriella_laisy_-_solicitando_a_designacao_de_vigilantes_para_as_escolas_e_unidades_de_saude_da_rede_publica_municipal_como_medida_preventiva..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/561/requerimento_n_34-2025_-_ariluzia_sasnara__solicitando_a_implantacao_de_areas_verdes_como_por_exemplo_hortas_sustentaveis_com_plantas_...pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/562/requerimento_n_35-2025_-__ariluzia_sasnara_-_solicitando_a_aquisicao_de_materiais_e_equipamentos_com_o_objetivo_de_melhorar_as_atividades_desenvolvidas_na_academia_da_saude.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/563/requerimento_n_36-2025-_ariluzia_sasnara_-_solicitando_a_implantacao_da_sala_da_mulher_no_creas__centro_de_referencia_especializado_de_assistencia_social_deste_municipio..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/564/requerimento_n_37-2025_-patricio_sinderley_-_solicitando_que_seja_realizado_por_parte_do_executivo_um_concurso_publico...pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/565/requerimento_n_38-2025-_gabriella_laisy_-__solicitando_que_nas_festividades_promovidas_pelo_municipio_sejam_asseguradas_medidas_de_acessibilidade_e_inclusao_...pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/578/requerimento_n_39-2025-_bebeto_diniz-__a_prestacao_de_contas_detalhada_do_leilao_de_bens_imoveis_notadamente_terrenos_realizado_no_ultimo_dia_22_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/579/requerimento_n_40-2025_-_bebeto_diniz-_requerendo_que_encaminhe_a_esta_casa_legislativa_no_prazo_legal_os_devidos_esclarecimentos_acerca_do_nao_pagamento_das_emendas_impositivas_..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/582/requerimento_n_41-2025_-_katia_albertina_-_solicitando_a_construcao_de_uma_passagem_molhada_no_riacho_da_barra_localizado_no_sitio_riacho_da_barra_proximo_ao_finado_ze_rodrigues..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/583/requerimento_n_42-2025_-_katia_albertina_-_solicitando_a_construcao_de_uma_passagem_molhada_no_riacho_das_lajes_localizada_no_sitio_riacho_das_lajes_proximo_a_ze_maria..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/584/requerimento_n_43-2025_-_ariluzia_sasnara_-__solicitando_que_seja_providenciado_um_ponto_de_iluminacao_publica_na_rua_ao_lado_do_clube_municipal_proximo_ao_parque_infantil_...pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/585/requerimento_n_44-2025_-_ariluzia_sasnara_-__solicitando_que_seja_providenciado_a_implantacao_de_um_brecho_social_no_cras.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/586/requerimento_n_45-2025_-_ariluzia_sasnara_-_solicitando_um_convenio_com_a_associacao_aspoarc__associacao_dos_produtores_artesanais_de_cruzeta..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/587/requerimento_n_46-2025_-_itan_lobo_-__bem_como_as_superintendencias_da_codevasf_e_da_funasa_solicitando_a_perfuracao_de_pocos_tubulares.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/594/requerimento_n_47-2025_-_walfredo_cesino_-_para_que_o_projeto_de_lei_13-2025_do_poder_executivo_tenha_tramitacao_em_regime_de_urgencia_de_acordo_com_os_disp.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/597/requerimento_n_48-2025_-_itan_lobo-_solicitando_do_presidente_do_senar_cursos_profissionalizantes_na_area_de_culinaria_e_beneficiamento_do_pescado_para_os_pescadores_...pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/598/requerimento_n_49-2025_-_gabriella_laisy_-_solicitando_a_implantacao_de_um_centro_de_apoio_e_atendimento_multiprofissional_as_mulheres_com_endometriose_no_municipio_de_cruzeta-rn..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/602/requerimento_n50-2025_-_walfredo_cesino_-_para_que_o_projeto_de_lei_17-2025_do_poder_executivo_tenha_tramitacao_em_regime_de_urgencia..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/603/requerimento_n_51-2025-_itan_lobo_-_solicitando_a_construcao_de_um_abatedouro_municipal..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/632/requerimento_n_52_-_gabriella_laisy_-_pavimentacao_em_paralelepipedo_e_a_revitalizacao_do_reservatorio_dagua_na_zona_rural_especialmente_no_perimetro_irrigado_ii..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/644/requerimento_n_53-2025_-_ariluzia_sasnara_-_convocacao_do__prefeito_municipal_de_cruzeta_para_comparecer_a_esta_casa_legislativa_em_dia_e_hora_a_serem_defin.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/651/requerimento_n_54-2025_-_gabriella_laisy_-_poste_de_iluminacao_publica_no_bairro_alto_dos_remedios_nas_proximidades_da_residencia_do_sr._ulisses.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/652/requerimento_n_55-2025_-_patricio_sinderley_-_implementacao_de_2_faixas_de_pedestres_nas_duas_entradas_do_alto_dos_remedios_2_redutores_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/653/requerimento_n_56-2025_-_cypriano_pinheiro_-_implementacao_de_1_redutor_de_velocidade_quebra-mola_no_portico_da_entrada_de_cruzeta-acari..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_n_57-2025_-_walfredo_cesino_-projeto_de_lei_19.2025_regime_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_n_58-2025_-_walfredo_cesino.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/668/requerimento_n_59-2025_-_gabriella_laisy_-_projeto_de_lei_25-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/672/requerimento_n_60-2025_-_ariluzia_sasnara.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/516/projeto_de_resolun_01-2025_-_mesa_diretora_-_cria_no_ambito_municipal_o_parlamento_jovem_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/527/emenda_a_lei_organica_n_01-2025_-_altera_a_lei_organica_do_municipio_de_cruzeta-rn_para_incluir__o_art._119-a.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_n_01-2025_-_itan_lobo_de_medeiros_-_nomear_ruas.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/501/indicacao_n_02-2025_-_itan_lobo_de_medeiros_-_solicitando_que_seja_colocado_quebra-molas_nas_seguintes_ruas_do_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/538/indicacao_n_03-2025_-_gabriella_laisy_-_solicitando_que_encaminhe_a_esta_camara_projeto_de_lei_que_institua_o_programa_municipal_de_incentivo_ao_esporte_e_lazer__bolsa_atleta.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/571/indicacao_n_04-2025_-_gabriella_laisy_-_solicitando_que_encaminhe_a_esta_casa_legislativa_o_projeto_de_lei_assegurando_as_criancas_diagnosticadas_com_transtorno_do_espectro_autista.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_n_05-2025_-_ariluzia_sasnara_-_solicitando_a_titulo_de_sugestao_a_denominacao_de_ruas_eou_predios_publicos_com_os_nomes_do_casal_sr._antonio_geraldo_de_almeida_e_a_sra_jo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/655/indicacao_n_06-2025_-_patricio_sinderley_-_gestao_se_sensibilize_e_arque_com_as_despesas_totais_ou_parciais_de_reforma_do_quiosque_publico_localizado_na_praca_dr._silvio_bezerra_de_melo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/606/projeto_de_decreto_legislativo_no_01-2025_-_contas_anuais_joaquim_jose_de_medeiros_-_2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/610/projeto_de_decreto_legislativo_no_02-_2025_-_titulo_de_cidadao_cruzetense_a_sra._vitoria_dantas.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/611/projeto_de_decreto_legislativo_no_03-_2025_-_titulo_de_cidadao_cruzetense_ao_sr._euripedes_araujo_costa_junior.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/612/projeto_de_decreto_legislativo_no_04-2025_-_titulo_de_cidadao_cruzetense_a_sra._julia_ferreira_lopes_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/613/projeto_de_decreto_legislativo_no_05-_2025_-_titulo_de_cidadao_cruzetense_ao_sr._victor_fabricio_alexandre_sales.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/614/projeto_de_decreto_legislativo_no_06-2025_-_titulo_de_cidadao_cruzetense_ao_sr._cicero_damiao_felix_aciole.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/615/projeto_de_decreto_legislativo_no_07-_2025_-_titulo_de_cidadao_cruzetense_ao_sr._roberth_batista_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/616/projeto_de_decreto_legislativo_no_08-2025_-_titulo_de_cidadao_cruzetense_ao_sr._marcos_george_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/617/projeto_de_decreto_legislativo_no_09-2025_-_titulo_de_cidadao_cruzetense_ao_sr._roberto_carlos_cavalcante_ferreira.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/618/projeto_de_decreto_legislativo_no_10-2025_-__titulo_de_cidadao_cruzetense_a_sra._mikaelly_fernanda_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/619/projeto_de_decreto_legislativo_no_11-2025_-_titulo_de_cidadao_cruzetense_a_sra._edna_fernandes_da_nobrega_medeiros.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/620/projeto_de_decreto_legislativo_no_12-2025_-_titulo_de_cidadao_cruzetense_ao_sr._marcelo_araujo_de_assis.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/621/projeto_de_decreto_legislativo_no_13-2025_-_titulo_de_cidadao_cruzetense_a_sra._sonia_maria_de_medeiros_silva.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/625/projeto_de_decreto_legislativo_no_14-2025_-_titulo_de_cidadao_cruzetense_ao_sr._cicero_diniz_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/627/projeto_de_decreto_legislativo_no_16-2025_-_titulo_de_cidadao_cruzetense_a_sra._benedita_araujo_alves.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/628/projeto_de_decreto_legislativo_no_17-2025_-_titulo_de_cidadao_cruzetense_a_sra._elizabeth_macedo_costa_santos.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/630/projeto_de_decreto_legislativo_no_19-2025_-titulo_de_cidadao_cruzetense_ao_sr._edson_filho.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/577/projeto_de_lei_n_12-2025_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2026_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/474/leitura_anual_2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/478/comunicacao_n_01-2025__movimento_democratico_brasileiro-_mdb.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/479/comunicacao_02-2025_partido_da_social_democracia_brasileira_-_psdb.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/480/comunicacao_03-2025_partido_da_social_democracia_brasileira_-_psdb.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/481/comunicacao_04-2025_movimento_democratico_brasileiro-_mdb.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/607/comunicacao_n_05-2025_-_renuncia_do_vereador_hildeberto_diniz_da_lideranca.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/608/comunicacao_n_06-2025-_lider_oposicionista_vereador_patricio_sinderley.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/635/emenda_impositiva_n_01-2025_-_ariluzia_sasnara.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/637/emenda_impositiva_n_03-2025_-itan_lobo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/638/emenda_impositiva_n_04-2025_-walfredo_cesino.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/639/emenda_impositiva_n_05-2025_-patricio_sinderley.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/640/emenda_impositiva_n_06-2025_-cypriano_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/641/emenda_impositiva_n_07-2025_-_katia_albertina.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/642/emenda_impositiva_n_08-2025_-jose_ethel.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/643/emenda_impositiva_n_09-2025_-gabriella_laisy.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H193"/>
+  <dimension ref="A1:H197"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="55.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -2883,4402 +2922,4506 @@
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>108</v>
       </c>
       <c r="H25" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>110</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>10</v>
+        <v>111</v>
       </c>
       <c r="D26" t="s">
-        <v>111</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>112</v>
+        <v>12</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H26" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>114</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
         <v>115</v>
       </c>
-      <c r="B27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27" t="s">
-        <v>111</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>112</v>
+        <v>12</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H27" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>118</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>21</v>
+        <v>119</v>
       </c>
       <c r="D28" t="s">
-        <v>111</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>112</v>
+        <v>12</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H28" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E29" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F29" t="s">
-        <v>124</v>
+        <v>13</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>125</v>
       </c>
       <c r="H29" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>127</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>17</v>
       </c>
       <c r="D30" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E30" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="G30" s="1" t="s">
+      <c r="H30" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>21</v>
       </c>
       <c r="D31" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E31" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F31" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H31" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>133</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>10</v>
+      </c>
+      <c r="D32" t="s">
         <v>134</v>
       </c>
-      <c r="B32" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E32" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F32" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="H32" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="D33" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E33" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F33" t="s">
-        <v>22</v>
+        <v>140</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="H33" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>143</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D34" t="s">
+        <v>134</v>
+      </c>
+      <c r="E34" t="s">
+        <v>135</v>
+      </c>
+      <c r="F34" t="s">
         <v>140</v>
       </c>
-      <c r="B34" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G34" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="H34" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="D35" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E35" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F35" t="s">
         <v>22</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="H35" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="D36" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E36" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F36" t="s">
         <v>22</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="H36" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="D37" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E37" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F37" t="s">
-        <v>150</v>
+        <v>22</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="H37" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="D38" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E38" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F38" t="s">
-        <v>154</v>
+        <v>22</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H38" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="D39" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E39" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F39" t="s">
-        <v>158</v>
+        <v>22</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>159</v>
       </c>
       <c r="H39" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>161</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
+        <v>46</v>
+      </c>
+      <c r="D40" t="s">
+        <v>134</v>
+      </c>
+      <c r="E40" t="s">
+        <v>135</v>
+      </c>
+      <c r="F40" t="s">
         <v>162</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H40" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>165</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="D41" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E41" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F41" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H41" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="D42" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E42" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F42" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H42" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>67</v>
+        <v>174</v>
       </c>
       <c r="D43" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E43" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F43" t="s">
-        <v>154</v>
+        <v>22</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="H43" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="D44" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E44" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F44" t="s">
-        <v>128</v>
+        <v>170</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="H44" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="D45" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E45" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F45" t="s">
-        <v>128</v>
+        <v>181</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="H45" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="D46" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E46" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F46" t="s">
-        <v>22</v>
+        <v>166</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="H46" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>83</v>
+        <v>71</v>
       </c>
       <c r="D47" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E47" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F47" t="s">
-        <v>185</v>
+        <v>140</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="H47" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>87</v>
+        <v>75</v>
       </c>
       <c r="D48" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E48" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F48" t="s">
-        <v>185</v>
+        <v>140</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="H48" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>91</v>
+        <v>79</v>
       </c>
       <c r="D49" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E49" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F49" t="s">
-        <v>154</v>
+        <v>22</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>76</v>
+        <v>194</v>
       </c>
       <c r="H49" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="D50" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E50" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F50" t="s">
-        <v>124</v>
+        <v>197</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="H50" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="D51" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E51" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F51" t="s">
-        <v>22</v>
+        <v>197</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="H51" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>103</v>
+        <v>91</v>
       </c>
       <c r="D52" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E52" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F52" t="s">
-        <v>185</v>
+        <v>166</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>200</v>
+        <v>76</v>
       </c>
       <c r="H52" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="D53" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E53" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F53" t="s">
-        <v>158</v>
+        <v>136</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="H53" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>206</v>
+        <v>99</v>
       </c>
       <c r="D54" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E54" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F54" t="s">
-        <v>154</v>
+        <v>22</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="H54" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>210</v>
+        <v>103</v>
       </c>
       <c r="D55" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E55" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F55" t="s">
-        <v>22</v>
+        <v>197</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H55" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>214</v>
+        <v>107</v>
       </c>
       <c r="D56" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E56" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F56" t="s">
-        <v>124</v>
+        <v>170</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>215</v>
       </c>
       <c r="H56" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>217</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
+        <v>111</v>
+      </c>
+      <c r="D57" t="s">
+        <v>134</v>
+      </c>
+      <c r="E57" t="s">
+        <v>135</v>
+      </c>
+      <c r="F57" t="s">
+        <v>166</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="D57" t="s">
-[...8 lines deleted...]
-      <c r="G57" s="1" t="s">
+      <c r="H57" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>220</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>115</v>
+      </c>
+      <c r="D58" t="s">
+        <v>134</v>
+      </c>
+      <c r="E58" t="s">
+        <v>135</v>
+      </c>
+      <c r="F58" t="s">
+        <v>22</v>
+      </c>
+      <c r="G58" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="B58" t="s">
-[...2 lines deleted...]
-      <c r="C58" t="s">
+      <c r="H58" t="s">
         <v>222</v>
-      </c>
-[...13 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>223</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>119</v>
+      </c>
+      <c r="D59" t="s">
+        <v>134</v>
+      </c>
+      <c r="E59" t="s">
+        <v>135</v>
+      </c>
+      <c r="F59" t="s">
+        <v>136</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="H59" t="s">
         <v>225</v>
-      </c>
-[...19 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>226</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>227</v>
+      </c>
+      <c r="D60" t="s">
+        <v>134</v>
+      </c>
+      <c r="E60" t="s">
+        <v>135</v>
+      </c>
+      <c r="F60" t="s">
+        <v>170</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="H60" t="s">
         <v>229</v>
-      </c>
-[...19 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>230</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>231</v>
+      </c>
+      <c r="D61" t="s">
+        <v>134</v>
+      </c>
+      <c r="E61" t="s">
+        <v>135</v>
+      </c>
+      <c r="F61" t="s">
+        <v>136</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="H61" t="s">
         <v>233</v>
-      </c>
-[...19 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>234</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>235</v>
+      </c>
+      <c r="D62" t="s">
+        <v>134</v>
+      </c>
+      <c r="E62" t="s">
+        <v>135</v>
+      </c>
+      <c r="F62" t="s">
+        <v>197</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="H62" t="s">
         <v>237</v>
-      </c>
-[...19 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>238</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>239</v>
+      </c>
+      <c r="D63" t="s">
+        <v>134</v>
+      </c>
+      <c r="E63" t="s">
+        <v>135</v>
+      </c>
+      <c r="F63" t="s">
+        <v>197</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="H63" t="s">
         <v>241</v>
-      </c>
-[...19 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>242</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>243</v>
+      </c>
+      <c r="D64" t="s">
+        <v>134</v>
+      </c>
+      <c r="E64" t="s">
+        <v>135</v>
+      </c>
+      <c r="F64" t="s">
+        <v>170</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="H64" t="s">
         <v>245</v>
-      </c>
-[...19 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>246</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>247</v>
+      </c>
+      <c r="D65" t="s">
+        <v>134</v>
+      </c>
+      <c r="E65" t="s">
+        <v>135</v>
+      </c>
+      <c r="F65" t="s">
+        <v>166</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="H65" t="s">
         <v>249</v>
-      </c>
-[...19 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>250</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>251</v>
+      </c>
+      <c r="D66" t="s">
+        <v>134</v>
+      </c>
+      <c r="E66" t="s">
+        <v>135</v>
+      </c>
+      <c r="F66" t="s">
+        <v>166</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="H66" t="s">
         <v>253</v>
-      </c>
-[...19 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>254</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>255</v>
+      </c>
+      <c r="D67" t="s">
+        <v>134</v>
+      </c>
+      <c r="E67" t="s">
+        <v>135</v>
+      </c>
+      <c r="F67" t="s">
+        <v>166</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="H67" t="s">
         <v>257</v>
-      </c>
-[...19 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>258</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>259</v>
+      </c>
+      <c r="D68" t="s">
+        <v>134</v>
+      </c>
+      <c r="E68" t="s">
+        <v>135</v>
+      </c>
+      <c r="F68" t="s">
+        <v>197</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="H68" t="s">
         <v>261</v>
-      </c>
-[...19 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>262</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>263</v>
+      </c>
+      <c r="D69" t="s">
+        <v>134</v>
+      </c>
+      <c r="E69" t="s">
+        <v>135</v>
+      </c>
+      <c r="F69" t="s">
+        <v>170</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="H69" t="s">
         <v>265</v>
-      </c>
-[...19 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>266</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>267</v>
+      </c>
+      <c r="D70" t="s">
+        <v>134</v>
+      </c>
+      <c r="E70" t="s">
+        <v>135</v>
+      </c>
+      <c r="F70" t="s">
+        <v>63</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="H70" t="s">
         <v>269</v>
-      </c>
-[...19 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>270</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>271</v>
+      </c>
+      <c r="D71" t="s">
+        <v>134</v>
+      </c>
+      <c r="E71" t="s">
+        <v>135</v>
+      </c>
+      <c r="F71" t="s">
+        <v>63</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H71" t="s">
         <v>273</v>
-      </c>
-[...19 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>274</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>275</v>
+      </c>
+      <c r="D72" t="s">
+        <v>134</v>
+      </c>
+      <c r="E72" t="s">
+        <v>135</v>
+      </c>
+      <c r="F72" t="s">
+        <v>162</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="H72" t="s">
         <v>277</v>
-      </c>
-[...19 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>278</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>279</v>
+      </c>
+      <c r="D73" t="s">
+        <v>134</v>
+      </c>
+      <c r="E73" t="s">
+        <v>135</v>
+      </c>
+      <c r="F73" t="s">
+        <v>162</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="H73" t="s">
         <v>281</v>
-      </c>
-[...19 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>282</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>283</v>
+      </c>
+      <c r="D74" t="s">
+        <v>134</v>
+      </c>
+      <c r="E74" t="s">
+        <v>135</v>
+      </c>
+      <c r="F74" t="s">
+        <v>166</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="H74" t="s">
         <v>285</v>
-      </c>
-[...19 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>286</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>287</v>
+      </c>
+      <c r="D75" t="s">
+        <v>134</v>
+      </c>
+      <c r="E75" t="s">
+        <v>135</v>
+      </c>
+      <c r="F75" t="s">
+        <v>166</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H75" t="s">
         <v>289</v>
-      </c>
-[...19 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>290</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>291</v>
+      </c>
+      <c r="D76" t="s">
+        <v>134</v>
+      </c>
+      <c r="E76" t="s">
+        <v>135</v>
+      </c>
+      <c r="F76" t="s">
+        <v>166</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="H76" t="s">
         <v>293</v>
-      </c>
-[...19 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>294</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>295</v>
+      </c>
+      <c r="D77" t="s">
+        <v>134</v>
+      </c>
+      <c r="E77" t="s">
+        <v>135</v>
+      </c>
+      <c r="F77" t="s">
+        <v>22</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="H77" t="s">
         <v>297</v>
-      </c>
-[...19 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>298</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>299</v>
+      </c>
+      <c r="D78" t="s">
+        <v>134</v>
+      </c>
+      <c r="E78" t="s">
+        <v>135</v>
+      </c>
+      <c r="F78" t="s">
+        <v>136</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="H78" t="s">
         <v>301</v>
-      </c>
-[...19 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="D79" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="E79" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F79" t="s">
         <v>22</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="H79" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>306</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>307</v>
+      </c>
+      <c r="D80" t="s">
+        <v>134</v>
+      </c>
+      <c r="E80" t="s">
+        <v>135</v>
+      </c>
+      <c r="F80" t="s">
+        <v>170</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="H80" t="s">
         <v>309</v>
-      </c>
-[...19 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>310</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>311</v>
+      </c>
+      <c r="D81" t="s">
+        <v>134</v>
+      </c>
+      <c r="E81" t="s">
+        <v>135</v>
+      </c>
+      <c r="F81" t="s">
+        <v>136</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H81" t="s">
         <v>313</v>
-      </c>
-[...19 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>314</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>315</v>
+      </c>
+      <c r="D82" t="s">
+        <v>134</v>
+      </c>
+      <c r="E82" t="s">
+        <v>135</v>
+      </c>
+      <c r="F82" t="s">
+        <v>22</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="H82" t="s">
         <v>317</v>
-      </c>
-[...19 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>318</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>319</v>
+      </c>
+      <c r="D83" t="s">
+        <v>134</v>
+      </c>
+      <c r="E83" t="s">
+        <v>135</v>
+      </c>
+      <c r="F83" t="s">
+        <v>170</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="H83" t="s">
         <v>321</v>
-      </c>
-[...19 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>322</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>323</v>
+      </c>
+      <c r="D84" t="s">
+        <v>134</v>
+      </c>
+      <c r="E84" t="s">
+        <v>135</v>
+      </c>
+      <c r="F84" t="s">
+        <v>166</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="H84" t="s">
         <v>325</v>
-      </c>
-[...19 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>326</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>327</v>
+      </c>
+      <c r="D85" t="s">
+        <v>134</v>
+      </c>
+      <c r="E85" t="s">
+        <v>135</v>
+      </c>
+      <c r="F85" t="s">
+        <v>170</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="H85" t="s">
         <v>329</v>
-      </c>
-[...19 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>330</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>331</v>
+      </c>
+      <c r="D86" t="s">
+        <v>134</v>
+      </c>
+      <c r="E86" t="s">
+        <v>135</v>
+      </c>
+      <c r="F86" t="s">
+        <v>197</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="H86" t="s">
         <v>333</v>
-      </c>
-[...19 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>334</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>335</v>
+      </c>
+      <c r="D87" t="s">
+        <v>134</v>
+      </c>
+      <c r="E87" t="s">
+        <v>135</v>
+      </c>
+      <c r="F87" t="s">
+        <v>140</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="H87" t="s">
         <v>337</v>
-      </c>
-[...19 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>338</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>339</v>
+      </c>
+      <c r="D88" t="s">
+        <v>134</v>
+      </c>
+      <c r="E88" t="s">
+        <v>135</v>
+      </c>
+      <c r="F88" t="s">
+        <v>136</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="H88" t="s">
         <v>341</v>
-      </c>
-[...16 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>10</v>
+        <v>343</v>
       </c>
       <c r="D89" t="s">
-        <v>347</v>
+        <v>134</v>
       </c>
       <c r="E89" t="s">
-        <v>348</v>
+        <v>135</v>
       </c>
       <c r="F89" t="s">
-        <v>13</v>
+        <v>136</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="H89" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>10</v>
+        <v>347</v>
       </c>
       <c r="D90" t="s">
-        <v>352</v>
+        <v>134</v>
       </c>
       <c r="E90" t="s">
-        <v>353</v>
+        <v>135</v>
       </c>
       <c r="F90" t="s">
-        <v>22</v>
+        <v>170</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="H90" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>17</v>
+        <v>351</v>
       </c>
       <c r="D91" t="s">
+        <v>134</v>
+      </c>
+      <c r="E91" t="s">
+        <v>135</v>
+      </c>
+      <c r="F91" t="s">
+        <v>166</v>
+      </c>
+      <c r="G91" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="E91" t="s">
+      <c r="H91" t="s">
         <v>353</v>
-      </c>
-[...7 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D92" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="E92" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>356</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="H92" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>359</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>10</v>
+      </c>
+      <c r="D93" t="s">
+        <v>360</v>
+      </c>
+      <c r="E93" t="s">
+        <v>361</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="B93" t="s">
-[...14 lines deleted...]
-      <c r="G93" s="1" t="s">
+      <c r="H93" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>364</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>10</v>
+      </c>
+      <c r="D94" t="s">
         <v>365</v>
       </c>
-      <c r="B94" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E94" t="s">
-        <v>353</v>
+        <v>366</v>
       </c>
       <c r="F94" t="s">
-        <v>154</v>
+        <v>22</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="H94" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D95" t="s">
-        <v>352</v>
+        <v>365</v>
       </c>
       <c r="E95" t="s">
-        <v>353</v>
+        <v>366</v>
       </c>
       <c r="F95" t="s">
-        <v>185</v>
+        <v>22</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H95" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D96" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="E96" t="s">
+        <v>366</v>
+      </c>
+      <c r="F96" t="s">
+        <v>170</v>
+      </c>
+      <c r="G96" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F96" t="s">
+      <c r="H96" t="s">
         <v>374</v>
-      </c>
-[...4 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>375</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>26</v>
+      </c>
+      <c r="D97" t="s">
+        <v>365</v>
+      </c>
+      <c r="E97" t="s">
+        <v>366</v>
+      </c>
+      <c r="F97" t="s">
+        <v>170</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="H97" t="s">
         <v>377</v>
-      </c>
-[...19 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>378</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>30</v>
+      </c>
+      <c r="D98" t="s">
+        <v>365</v>
+      </c>
+      <c r="E98" t="s">
+        <v>366</v>
+      </c>
+      <c r="F98" t="s">
+        <v>166</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="H98" t="s">
         <v>380</v>
-      </c>
-[...19 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>381</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>34</v>
+      </c>
+      <c r="D99" t="s">
+        <v>365</v>
+      </c>
+      <c r="E99" t="s">
+        <v>366</v>
+      </c>
+      <c r="F99" t="s">
+        <v>197</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="H99" t="s">
         <v>383</v>
-      </c>
-[...19 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>384</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>10</v>
+      </c>
+      <c r="D100" t="s">
+        <v>385</v>
+      </c>
+      <c r="E100" t="s">
         <v>386</v>
       </c>
-      <c r="B100" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F100" t="s">
-        <v>22</v>
+        <v>387</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="H100" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D101" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="E101" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="F101" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="H101" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="D102" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="E102" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="F102" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="H102" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="D103" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="E103" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="F103" t="s">
-        <v>150</v>
+        <v>22</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="H103" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="D104" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="E104" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="F104" t="s">
-        <v>150</v>
+        <v>22</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="H104" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="D105" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="E105" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="F105" t="s">
-        <v>124</v>
+        <v>166</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="H105" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="D106" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="E106" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="F106" t="s">
-        <v>124</v>
+        <v>166</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="H106" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
+        <v>42</v>
+      </c>
+      <c r="D107" t="s">
+        <v>385</v>
+      </c>
+      <c r="E107" t="s">
+        <v>386</v>
+      </c>
+      <c r="F107" t="s">
         <v>162</v>
       </c>
-      <c r="D107" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G107" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="H107" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="D108" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="E108" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="F108" t="s">
-        <v>185</v>
+        <v>162</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="H108" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="D109" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="E109" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="F109" t="s">
-        <v>63</v>
+        <v>136</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="H109" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="D110" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="E110" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="F110" t="s">
-        <v>63</v>
+        <v>136</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>76</v>
+        <v>418</v>
       </c>
       <c r="H110" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>71</v>
+        <v>174</v>
       </c>
       <c r="D111" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="E111" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="F111" t="s">
-        <v>158</v>
+        <v>197</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="H111" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="D112" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="E112" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="F112" t="s">
-        <v>158</v>
+        <v>197</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="H112" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="D113" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="E113" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="F113" t="s">
-        <v>425</v>
+        <v>63</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>76</v>
+        <v>427</v>
       </c>
       <c r="H113" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="D114" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="E114" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="F114" t="s">
-        <v>425</v>
+        <v>63</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>428</v>
+        <v>76</v>
       </c>
       <c r="H114" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>10</v>
+        <v>71</v>
       </c>
       <c r="D115" t="s">
-        <v>431</v>
+        <v>385</v>
       </c>
       <c r="E115" t="s">
+        <v>386</v>
+      </c>
+      <c r="F115" t="s">
+        <v>170</v>
+      </c>
+      <c r="G115" s="1" t="s">
         <v>432</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
       <c r="H115" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>434</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="D116" t="s">
-        <v>431</v>
+        <v>385</v>
       </c>
       <c r="E116" t="s">
-        <v>432</v>
+        <v>386</v>
       </c>
       <c r="F116" t="s">
-        <v>158</v>
+        <v>170</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>76</v>
+        <v>435</v>
       </c>
       <c r="H116" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="D117" t="s">
-        <v>431</v>
+        <v>385</v>
       </c>
       <c r="E117" t="s">
-        <v>432</v>
+        <v>386</v>
       </c>
       <c r="F117" t="s">
-        <v>158</v>
+        <v>438</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H117" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>440</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>83</v>
+      </c>
+      <c r="D118" t="s">
+        <v>385</v>
+      </c>
+      <c r="E118" t="s">
+        <v>386</v>
+      </c>
+      <c r="F118" t="s">
         <v>438</v>
       </c>
-      <c r="B118" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G118" s="1" t="s">
-        <v>76</v>
+        <v>441</v>
       </c>
       <c r="H118" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>10</v>
       </c>
       <c r="D119" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="E119" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="F119" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>443</v>
+        <v>76</v>
       </c>
       <c r="H119" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
+        <v>447</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>17</v>
+      </c>
+      <c r="D120" t="s">
+        <v>444</v>
+      </c>
+      <c r="E120" t="s">
         <v>445</v>
       </c>
-      <c r="B120" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F120" t="s">
-        <v>13</v>
+        <v>170</v>
       </c>
       <c r="G120" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H120" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
+        <v>449</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>21</v>
+      </c>
+      <c r="D121" t="s">
+        <v>444</v>
+      </c>
+      <c r="E121" t="s">
+        <v>445</v>
+      </c>
+      <c r="F121" t="s">
+        <v>170</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H121" t="s">
         <v>450</v>
-      </c>
-[...19 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D122" t="s">
-        <v>451</v>
+        <v>444</v>
       </c>
       <c r="E122" t="s">
+        <v>445</v>
+      </c>
+      <c r="F122" t="s">
+        <v>170</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H122" t="s">
         <v>452</v>
-      </c>
-[...7 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D123" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="E123" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="F123" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="H123" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
+        <v>458</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>10</v>
+      </c>
+      <c r="D124" t="s">
+        <v>459</v>
+      </c>
+      <c r="E124" t="s">
+        <v>460</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" s="1" t="s">
         <v>461</v>
       </c>
-      <c r="B124" t="s">
-[...14 lines deleted...]
-      <c r="G124" s="1" t="s">
+      <c r="H124" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
+        <v>463</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>10</v>
+      </c>
+      <c r="D125" t="s">
         <v>464</v>
       </c>
-      <c r="B125" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E125" t="s">
-        <v>452</v>
+        <v>465</v>
       </c>
       <c r="F125" t="s">
-        <v>63</v>
+        <v>136</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="H125" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D126" t="s">
-        <v>451</v>
+        <v>464</v>
       </c>
       <c r="E126" t="s">
-        <v>452</v>
+        <v>465</v>
       </c>
       <c r="F126" t="s">
         <v>63</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="H126" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D127" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="E127" t="s">
+        <v>465</v>
+      </c>
+      <c r="F127" t="s">
+        <v>63</v>
+      </c>
+      <c r="G127" s="1" t="s">
         <v>472</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
       <c r="H127" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>474</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D128" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="E128" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="F128" t="s">
-        <v>154</v>
+        <v>136</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>76</v>
+        <v>475</v>
       </c>
       <c r="H128" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="D129" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="E129" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="F129" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>76</v>
+        <v>478</v>
       </c>
       <c r="H129" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="D130" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="E130" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="F130" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>76</v>
+        <v>481</v>
       </c>
       <c r="H130" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="D131" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E131" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F131" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H131" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D132" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E132" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F132" t="s">
-        <v>124</v>
+        <v>166</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H132" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>489</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>21</v>
+      </c>
+      <c r="D133" t="s">
         <v>484</v>
       </c>
-      <c r="B133" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E133" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F133" t="s">
-        <v>185</v>
+        <v>22</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H133" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="D134" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E134" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F134" t="s">
-        <v>158</v>
+        <v>22</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H134" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="D135" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E135" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F135" t="s">
-        <v>158</v>
+        <v>22</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H135" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="D136" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E136" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F136" t="s">
-        <v>158</v>
+        <v>136</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H136" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="D137" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E137" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F137" t="s">
-        <v>158</v>
+        <v>197</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H137" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>162</v>
+        <v>42</v>
       </c>
       <c r="D138" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E138" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F138" t="s">
-        <v>22</v>
+        <v>170</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H138" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="D139" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E139" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F139" t="s">
-        <v>154</v>
+        <v>170</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H139" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="D140" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E140" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F140" t="s">
-        <v>154</v>
+        <v>170</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H140" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="D141" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E141" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F141" t="s">
-        <v>22</v>
+        <v>170</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H141" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>71</v>
+        <v>174</v>
       </c>
       <c r="D142" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E142" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F142" t="s">
-        <v>158</v>
+        <v>22</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H142" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="D143" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E143" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F143" t="s">
-        <v>150</v>
+        <v>166</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H143" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="D144" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E144" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F144" t="s">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H144" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="D145" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E145" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F145" t="s">
-        <v>124</v>
+        <v>22</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H145" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>87</v>
+        <v>71</v>
       </c>
       <c r="D146" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E146" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F146" t="s">
-        <v>22</v>
+        <v>170</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H146" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="D147" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E147" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F147" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H147" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>95</v>
+        <v>79</v>
       </c>
       <c r="D148" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E148" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F148" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H148" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>99</v>
+        <v>83</v>
       </c>
       <c r="D149" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E149" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F149" t="s">
-        <v>158</v>
+        <v>136</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H149" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>103</v>
+        <v>87</v>
       </c>
       <c r="D150" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E150" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F150" t="s">
-        <v>158</v>
+        <v>22</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H150" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>107</v>
+        <v>91</v>
       </c>
       <c r="D151" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E151" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F151" t="s">
-        <v>154</v>
+        <v>170</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H151" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>206</v>
+        <v>95</v>
       </c>
       <c r="D152" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E152" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F152" t="s">
-        <v>185</v>
+        <v>170</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H152" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>210</v>
+        <v>99</v>
       </c>
       <c r="D153" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E153" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F153" t="s">
-        <v>22</v>
+        <v>170</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H153" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>214</v>
+        <v>103</v>
       </c>
       <c r="D154" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E154" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F154" t="s">
-        <v>124</v>
+        <v>170</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H154" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>218</v>
+        <v>107</v>
       </c>
       <c r="D155" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E155" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F155" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H155" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>222</v>
+        <v>111</v>
       </c>
       <c r="D156" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E156" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F156" t="s">
-        <v>185</v>
+        <v>197</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H156" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>226</v>
+        <v>115</v>
       </c>
       <c r="D157" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E157" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F157" t="s">
-        <v>124</v>
+        <v>22</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H157" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="D158" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E158" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F158" t="s">
-        <v>154</v>
+        <v>136</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H158" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="D159" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E159" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F159" t="s">
-        <v>185</v>
+        <v>170</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H159" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="D160" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E160" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F160" t="s">
-        <v>22</v>
+        <v>197</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H160" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="D161" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E161" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F161" t="s">
-        <v>158</v>
+        <v>136</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H161" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="D162" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E162" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F162" t="s">
-        <v>22</v>
+        <v>166</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H162" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="D163" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E163" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F163" t="s">
-        <v>22</v>
+        <v>197</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H163" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="D164" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E164" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F164" t="s">
-        <v>154</v>
+        <v>22</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H164" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="D165" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E165" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F165" t="s">
-        <v>154</v>
+        <v>170</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H165" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="D166" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E166" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F166" t="s">
-        <v>185</v>
+        <v>22</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H166" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="D167" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E167" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F167" t="s">
-        <v>158</v>
+        <v>22</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H167" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="D168" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E168" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F168" t="s">
-        <v>63</v>
+        <v>166</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H168" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="D169" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E169" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F169" t="s">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H169" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>278</v>
+        <v>271</v>
       </c>
       <c r="D170" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E170" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F170" t="s">
-        <v>22</v>
+        <v>197</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H170" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="D171" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E171" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F171" t="s">
-        <v>63</v>
+        <v>170</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H171" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
       <c r="D172" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E172" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F172" t="s">
         <v>63</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H172" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="D173" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E173" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F173" t="s">
-        <v>22</v>
+        <v>166</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H173" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="D174" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E174" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F174" t="s">
-        <v>158</v>
+        <v>22</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H174" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="D175" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E175" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F175" t="s">
-        <v>185</v>
+        <v>63</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H175" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
       <c r="D176" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E176" t="s">
-        <v>472</v>
+        <v>485</v>
+      </c>
+      <c r="F176" t="s">
+        <v>63</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H176" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="D177" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E177" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F177" t="s">
-        <v>124</v>
+        <v>22</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H177" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="D178" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E178" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F178" t="s">
-        <v>158</v>
+        <v>170</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H178" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="D179" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E179" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F179" t="s">
-        <v>158</v>
+        <v>197</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H179" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="D180" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E180" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>485</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H180" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="D181" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E181" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F181" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H181" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
       <c r="D182" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E182" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F182" t="s">
-        <v>22</v>
+        <v>170</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H182" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>330</v>
+        <v>323</v>
       </c>
       <c r="D183" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E183" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F183" t="s">
-        <v>158</v>
+        <v>170</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H183" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="D184" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="E184" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="F184" t="s">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H184" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>10</v>
+        <v>331</v>
       </c>
       <c r="D185" t="s">
-        <v>589</v>
+        <v>484</v>
       </c>
       <c r="E185" t="s">
-        <v>590</v>
+        <v>485</v>
       </c>
       <c r="F185" t="s">
-        <v>154</v>
+        <v>136</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>591</v>
+        <v>76</v>
       </c>
       <c r="H185" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>17</v>
+        <v>335</v>
       </c>
       <c r="D186" t="s">
-        <v>589</v>
+        <v>484</v>
       </c>
       <c r="E186" t="s">
-        <v>590</v>
+        <v>485</v>
       </c>
       <c r="F186" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H186" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>21</v>
+        <v>339</v>
       </c>
       <c r="D187" t="s">
-        <v>589</v>
+        <v>484</v>
       </c>
       <c r="E187" t="s">
-        <v>590</v>
+        <v>485</v>
       </c>
       <c r="F187" t="s">
-        <v>22</v>
+        <v>170</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>596</v>
+        <v>76</v>
       </c>
       <c r="H187" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>26</v>
+        <v>343</v>
       </c>
       <c r="D188" t="s">
-        <v>589</v>
+        <v>484</v>
       </c>
       <c r="E188" t="s">
-        <v>590</v>
+        <v>485</v>
       </c>
       <c r="F188" t="s">
-        <v>124</v>
+        <v>166</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>599</v>
+        <v>76</v>
       </c>
       <c r="H188" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>601</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="D189" t="s">
-        <v>589</v>
+        <v>602</v>
       </c>
       <c r="E189" t="s">
-        <v>590</v>
+        <v>603</v>
       </c>
       <c r="F189" t="s">
-        <v>185</v>
+        <v>166</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="H189" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D190" t="s">
-        <v>589</v>
+        <v>602</v>
       </c>
       <c r="E190" t="s">
-        <v>590</v>
+        <v>603</v>
       </c>
       <c r="F190" t="s">
-        <v>128</v>
+        <v>63</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>605</v>
+        <v>76</v>
       </c>
       <c r="H190" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="D191" t="s">
-        <v>589</v>
+        <v>602</v>
       </c>
       <c r="E191" t="s">
-        <v>590</v>
+        <v>603</v>
       </c>
       <c r="F191" t="s">
-        <v>150</v>
+        <v>22</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="H191" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="D192" t="s">
-        <v>589</v>
+        <v>602</v>
       </c>
       <c r="E192" t="s">
-        <v>590</v>
+        <v>603</v>
       </c>
       <c r="F192" t="s">
-        <v>425</v>
+        <v>136</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="H192" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
+        <v>30</v>
+      </c>
+      <c r="D193" t="s">
+        <v>602</v>
+      </c>
+      <c r="E193" t="s">
+        <v>603</v>
+      </c>
+      <c r="F193" t="s">
+        <v>197</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="H193" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>617</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>34</v>
+      </c>
+      <c r="D194" t="s">
+        <v>602</v>
+      </c>
+      <c r="E194" t="s">
+        <v>603</v>
+      </c>
+      <c r="F194" t="s">
+        <v>140</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="H194" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>620</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>38</v>
+      </c>
+      <c r="D195" t="s">
+        <v>602</v>
+      </c>
+      <c r="E195" t="s">
+        <v>603</v>
+      </c>
+      <c r="F195" t="s">
+        <v>162</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="H195" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>623</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>42</v>
+      </c>
+      <c r="D196" t="s">
+        <v>602</v>
+      </c>
+      <c r="E196" t="s">
+        <v>603</v>
+      </c>
+      <c r="F196" t="s">
+        <v>438</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="H196" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>626</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
         <v>46</v>
       </c>
-      <c r="D193" t="s">
-[...12 lines deleted...]
-        <v>615</v>
+      <c r="D197" t="s">
+        <v>602</v>
+      </c>
+      <c r="E197" t="s">
+        <v>603</v>
+      </c>
+      <c r="F197" t="s">
+        <v>170</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="H197" t="s">
+        <v>628</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7431,50 +7574,54 @@
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
     <hyperlink ref="G190" r:id="rId189"/>
     <hyperlink ref="G191" r:id="rId190"/>
     <hyperlink ref="G192" r:id="rId191"/>
     <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>