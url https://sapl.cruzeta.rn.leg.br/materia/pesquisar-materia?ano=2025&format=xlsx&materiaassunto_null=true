--- v1 (2026-02-03)
+++ v2 (2026-03-21)
@@ -54,1458 +54,1458 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>JOAQUIM JOSÉ DE MEDEIROS</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/475/projeto_de_lei_no__01-2025__aumento_salarial_demais_servidores.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/475/projeto_de_lei_no__01-2025__aumento_salarial_demais_servidores.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos vencimentos de cargos públicos e representações dos cargos em comissão, nos termos do artigo 37, inciso X, da Constituição Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/477/projeto_de_lei_02-2025_-_abertura_de_credito_especial_-_aquisicao_de_imovel_-_cruzeta_1.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/477/projeto_de_lei_02-2025_-_abertura_de_credito_especial_-_aquisicao_de_imovel_-_cruzeta_1.pdf</t>
   </si>
   <si>
     <t>Autoriza ao Poder Executivo Municipal a abrir Crédito Especial e dá outras providências.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Itan Lobo</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/489/projeto_de_lei_n_03-2025_-_dispoe_sobre_a_alteracao_do_nome_da_guarda_municipal_para_policia_municipal_e_da_outras_providencias..docx.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/489/projeto_de_lei_n_03-2025_-_dispoe_sobre_a_alteracao_do_nome_da_guarda_municipal_para_policia_municipal_e_da_outras_providencias..docx.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do nome da Guarda Municipal para Polícia Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/490/projeto_de_lei_n_04-2025_-_dispoe_sobre_a_criacao_de_cargo_publico_de_provimento_em_comissao_do_quadro_de_pessoal_da_prefeitura_de_cruzeta-rn_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/490/projeto_de_lei_n_04-2025_-_dispoe_sobre_a_criacao_de_cargo_publico_de_provimento_em_comissao_do_quadro_de_pessoal_da_prefeitura_de_cruzeta-rn_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargo público de provimento em comissão do Quadro de Pessoal da Prefeitura de Cruzeta/RN e dá outras providências.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/492/projeto_de_lei_n_05-2025_-_mesa_diretora_-_dispoe_sobre_o_reajuste_dos_vencimentos_dos_servidores_da_camara_municipal_de_cruzeta-rn_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/492/projeto_de_lei_n_05-2025_-_mesa_diretora_-_dispoe_sobre_o_reajuste_dos_vencimentos_dos_servidores_da_camara_municipal_de_cruzeta-rn_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste dos vencimentos dos servidores da Câmara Municipal de Cruzeta/RN e dá outras providências.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/502/projeto_de_lei_n_06-2025_-_dispoe_sobre_o_tratamento_diferenciado_favorecido_regionalizado_e_simplificado_as_microempresas_me....pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/502/projeto_de_lei_n_06-2025_-_dispoe_sobre_o_tratamento_diferenciado_favorecido_regionalizado_e_simplificado_as_microempresas_me....pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o tratamento diferenciado, favorecido, regionalizado e simplificado às Microempresas (ME), Empresas de Pequeno Porte (EPP) e Microempreendedores Individuais (MEI), no acesso ao mercado local e nas contratações públicas realizadas pela Administração Pública de Cruzeta/RN e dá outras providências.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/503/projeto_de_lei_n_07-2025-_aquisicao_-_sede_do_cruzetaprev_-_2025.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/503/projeto_de_lei_n_07-2025-_aquisicao_-_sede_do_cruzetaprev_-_2025.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Instituto de Previdência dos Servidores Públicos do Município de Cruzeta – CRUZETA-PREV/RN, a adquirir imóvel para a instalação de sua sede própria. ”</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/504/projeto_de_lei_n_08-2025_-_credito_especial_crianca_feliz.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/504/projeto_de_lei_n_08-2025_-_credito_especial_crianca_feliz.pdf</t>
   </si>
   <si>
     <t>“Autoriza ao Poder Executivo Municipal a abrir Crédito Especial, e dá outras providências”.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei_n_09-2025_-_dispoe_sobre_o_sistema_unico_de_assistencia_social_-_suas_do_municipio_de_cruzeta-rn_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei_n_09-2025_-_dispoe_sobre_o_sistema_unico_de_assistencia_social_-_suas_do_municipio_de_cruzeta-rn_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Único de Assistência Social - SUAS do Município de Cruzeta/RN e dá outras providências.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/548/projeto_de_lei_10-205_-_adequacao_subsidio_presidente.docx.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/548/projeto_de_lei_10-205_-_adequacao_subsidio_presidente.docx.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 1º da Lei Municipal nº 1.218, de 22 de dezembro de 2023, que fixa os subsídios dos Vereadores do Município de Cruzeta/RN para a legislatura de 2025-2028, e dá outras providências.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/576/projeto_de_lei_n_11-2025-__ppa_2026-2029_-dispoe_sobre_o_plano_plurianual_para_o_periodo_de_2026_a_2029..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/576/projeto_de_lei_n_11-2025-__ppa_2026-2029_-dispoe_sobre_o_plano_plurianual_para_o_periodo_de_2026_a_2029..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o período de  2026 a 2029.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/588/projeto_de_lei_n_13-2025_-_altera_as_aliquotas_de_contribuicao_do_rpps.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/588/projeto_de_lei_n_13-2025_-_altera_as_aliquotas_de_contribuicao_do_rpps.pdf</t>
   </si>
   <si>
     <t>Altera as alíquotas de contribuição previdenciária ao Regime Próprio de Previdência Social do Município decorrentes da Avaliação Atuarial 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Bebeto Diniz</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/595/projeto_de_lei_n_14-2025_-_dispoe_sobre_a_gratuidade_no_acesso_de_criancas_atipicas_com_quaisquer_tipos_de_deficiencia_em_parques_de_diversoes_instalados_no_municipio.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/595/projeto_de_lei_n_14-2025_-_dispoe_sobre_a_gratuidade_no_acesso_de_criancas_atipicas_com_quaisquer_tipos_de_deficiencia_em_parques_de_diversoes_instalados_no_municipio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a gratuidade no acesso de crianças atípicas, com quaisquer tipos de deficiência, em parques de diversões instalados no município de Cruzeta/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/599/projeto_de_lei_n_15-2025_-_loa_2026_e_anexos_2026.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/599/projeto_de_lei_n_15-2025_-_loa_2026_e_anexos_2026.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE CRUZETA/RN PARA O EXERCÍCIO FINANCEIRO DE 2026.ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE CRUZETA/RN PARA O EXERCÍCIO FINANCEIRO DE 2026.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/600/projeto_de_lei_n_16-2025-_projeto_de_lei_institui_a_loteria_municipal_no_ambito_do_municipio_de_cruzeta-rn_lotocruzeta.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/600/projeto_de_lei_n_16-2025-_projeto_de_lei_institui_a_loteria_municipal_no_ambito_do_municipio_de_cruzeta-rn_lotocruzeta.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Institui a Loteria Municipal no âmbito do Município de CRUZETA/RN (LOTOCRUZETA) dispõe sobre sua organização e funcionamento dá outras providências</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 893/2007, que cria cargos comissionados no Quadro de Pessoal da Prefeitura Municipal, para especificar as atribuições do cargo de Procurador-Adjunto e dá outras providências.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/631/reconhece_de_utilidade_publica_pescadores1.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/631/reconhece_de_utilidade_publica_pescadores1.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI  Nº 18/2025_x000D_
 _x000D_
 Reconhece de utilidade pública a entidade que especifica.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_lei_n_19-2025_pl_alienacao_bens_moveis_leilao_cruzeta_2025.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_lei_n_19-2025_pl_alienacao_bens_moveis_leilao_cruzeta_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ALIENAÇÃO DE BENS MÓVEIS DO PATRIMÔNIO MUNICIPAL DE CRUZETA/RN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/650/projeto_de_lei_n_20-2025_-_pl_alteracao_lei_1239_reabertura_prazo_e_supressao_limite_cruzeta_2025.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/650/projeto_de_lei_n_20-2025_-_pl_alteracao_lei_1239_reabertura_prazo_e_supressao_limite_cruzeta_2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1.239, DE 05 DE DEZEMBRO DE 2024, QUE DISPÕE SOBRE A REGULARIZAÇÃO DE TERRENOS E AUTORIZA A ALIENAÇÃO DE BENS IMÓVEIS DO PATRIMÔNIO MUNICIPAL.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/657/projeto_de_lei_n_21-2025_-_extingue_o_cargo_em_comissao_de_coordenador_de_contabilidade.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/657/projeto_de_lei_n_21-2025_-_extingue_o_cargo_em_comissao_de_coordenador_de_contabilidade.pdf</t>
   </si>
   <si>
     <t>Extingue o cargo em comissão de Coordenador de Contabilidade, criado pela Lei nº 893/2007, em cumprimento à decisão proferida na ADI nº 0800037-25.2024.8.20.0000 do Tribunal de Justiça do Rio Grande do Norte, e dá outras providências.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/658/projeto_de_lei_n_22-2025_-_convenio_com_a_liga_norte_riograndense_contra_o_cancer_para_prestacao_de_servicos_de_atendimento_na_area_de_prevencao.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/658/projeto_de_lei_n_22-2025_-_convenio_com_a_liga_norte_riograndense_contra_o_cancer_para_prestacao_de_servicos_de_atendimento_na_area_de_prevencao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar Convênio com a Liga Norte Riograndense Contra o Câncer para prestação de serviços de atendimento na área de prevenção, diagnóstico e tratamento de neoplasias, e dá outras providências.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_no23-2025_-_revoga_a_lei_municipal_no_794_de_2002_em_cumprimento_a_decisao_judicial_proferida_na_acao_direta_de_inconstitucionalidade.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_no23-2025_-_revoga_a_lei_municipal_no_794_de_2002_em_cumprimento_a_decisao_judicial_proferida_na_acao_direta_de_inconstitucionalidade.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 794, de 2002, em cumprimento à decisão judicial proferida na Ação Direta de Inconstitucionalidade nº 0813875- 35.2024.8.20.0000 e dá outras providências.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/666/projeto_de_lei_n_24-2025_-_institui_o_programa_municipal_de_incentivo_financeiro_educacional_na_modalidade_da_educacao_de_jovens_e_adultos__eja..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/666/projeto_de_lei_n_24-2025_-_institui_o_programa_municipal_de_incentivo_financeiro_educacional_na_modalidade_da_educacao_de_jovens_e_adultos__eja..pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Incentivo Financeiro Educacional, na modalidade da Educação de Jovens e Adultos – EJA.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/667/projeto_de_lei_n_25-2025_-_institui_taxas_de_licenciamento_decorrentes_do_exercicio_do_poder_de_policia_do_municipio_de.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/667/projeto_de_lei_n_25-2025_-_institui_taxas_de_licenciamento_decorrentes_do_exercicio_do_poder_de_policia_do_municipio_de.pdf</t>
   </si>
   <si>
     <t>INSTITUI TAXAS DE LICENCIAMENTO DECORRENTES DO EXERCÍCIO DO PODER DE POLÍCIA DO MUNICÍPIO DE CRUZETA/RN SOBRE A EXPLORAÇÃO DE MINERAIS, A EXECUÇÃO DE OBRAS OU SERVIÇOS VINCULADOS À CONSTRUÇÃO DE PARQUES EÓLICOS E O USO E A OCUPAÇÃO DO SOLO MUNICIPAL PARA INSTALAÇÃO, MANUTENÇÃO OU OPERAÇÃO DE TORRES, ANTENAS E DEMAIS ESTRUTURAS DESTINADAS À PRESTAÇÃO DE SERVIÇOS DE TELECOMUNICAÇÕES, A GERAÇÃO DE ENERGIA ELÉTRICA COM BASE EM FONTE EÓLICA OU SOLAR E A TRANSMISSÃO E DISTRIBUIÇÃO DE ENERGIA ELÉTRICA DE QUALQUER FONTE, E ALTERA O ART. ART. 69 DA LEI Nº 274, DE 16 DE DEZEMBRO DE 1977, PARA INCLUIR OS INCISOS VI, VII, VIII, IX, X E XI NO §1º, E OS §§5º, 6º E 7º E ART. 71, PARA INCLUIR OS INCISOS VI, VII, VIII, IX, X E XI, DA MESMA LEI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/669/projeto_de_lei_n26-2025_-_creditos_especial_construcao_de_creche.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/669/projeto_de_lei_n26-2025_-_creditos_especial_construcao_de_creche.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 3.960.000,000 (Três milhões novecentos e sessenta mil reais) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/670/projeto_de_lei_n_27-2025_-_projeto_lei_rateio_fundeb_cruzeta_1.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/670/projeto_de_lei_n_27-2025_-_projeto_lei_rateio_fundeb_cruzeta_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a distribuição do rateio de que trata o art. 26 da Lei Federal nº 14.113/2020, aos profissionais da educação básica da rede pública municipal de ensino de Cruzeta/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/671/projeto_de_lei_n_28-2025_-_credito_especial_excesso_de_arredacao_vaat_1.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/671/projeto_de_lei_n_28-2025_-_credito_especial_excesso_de_arredacao_vaat_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 2.641.089,27 (Dois milhões seiscentos e quarenta e um mil, oitenta e nove reais e vinte e sete centavos) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_lei_complementar_no_01-2025_-_piso_dos_professores.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_lei_complementar_no_01-2025_-_piso_dos_professores.pdf</t>
   </si>
   <si>
     <t>Atualiza o valor salarial dos professores da rede municipal de educação de acordo com a Lei Federal nº 11.738, de 16 de julho de 2008.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/491/rojeto_de_lei_complementar__n_02-2025_-_institui_o_programa_de_parcelamento_incentivado_-_ppi.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/491/rojeto_de_lei_complementar__n_02-2025_-_institui_o_programa_de_parcelamento_incentivado_-_ppi.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Parcelamento Incentivado - PPI, relativo aos débitos fiscais de pessoas físicas e jurídicas com o fisco municipal e dá outras providências.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/656/projeto_de_lei_complementar_n03-2025_-_criar_a_subcoordenacao_de_almoxarifado_e_abastecimento_alimentar_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/656/projeto_de_lei_complementar_n03-2025_-_criar_a_subcoordenacao_de_almoxarifado_e_abastecimento_alimentar_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 06, de 1º de fevereiro de 1997, e a Lei Complementar nº 45, de 21 de fevereiro de 2017, para criar a Subcoordenação de Almoxarifado e Abastecimento Alimentar, e dá outras providências.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimentos</t>
   </si>
   <si>
     <t>Walfredo Cesino</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n_01-2025_-_walfredo_cesino_de_medeiros-solicitando_a_nomeacao_da_rua_atualmente_sem_denominacao_localizada_nas_proximidades_do_acude_da_pitombeira_mais_precisamente_da_oficina.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n_01-2025_-_walfredo_cesino_de_medeiros-solicitando_a_nomeacao_da_rua_atualmente_sem_denominacao_localizada_nas_proximidades_do_acude_da_pitombeira_mais_precisamente_da_oficina.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, ouvido o Plenário, para que seja encaminhado expediente ao Exmo. Senhor Prefeito Joaquim José de Medeiros, solicitando a nomeação da rua atualmente sem denominação, localizada nas proximidades do Açude da Pitombeira, mais precisamente da Oficina de Beto, em homenagem a Senhora Francisca Maria da Conceição, conhecida como Dona Chiquita.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>Cypriano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n_02-2025_-_cypriano_pinheiro_-_solicitando_o_trator_para_o_corte_de_terras_como_tambem_a_distribuicao_de_sementes_para_o_plantio_na_zona_rural_do_nosso_municipio.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n_02-2025_-_cypriano_pinheiro_-_solicitando_o_trator_para_o_corte_de_terras_como_tambem_a_distribuicao_de_sementes_para_o_plantio_na_zona_rural_do_nosso_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando o trator para o corte de terras, como também a distribuição de sementes para o plantio na zona rural do nosso município.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n_03-2025_-_cypriano_pinheiro_-_solicitando_do_mesmo_a_patrol_do_municipio_para_restaurar_as_estradas_da_zona_rural_nos_locais_mais_criticos_que_dao_acesso_a_este_municipio..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n_03-2025_-_cypriano_pinheiro_-_solicitando_do_mesmo_a_patrol_do_municipio_para_restaurar_as_estradas_da_zona_rural_nos_locais_mais_criticos_que_dao_acesso_a_este_municipio..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando a Patrol para fazer a manutenção das estradas da zona rural, dando ênfase aos locais mais críticos que dão acesso a este município, como também o roço das mesmas.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n_04-2025_-_itan_lobo_-_lsolicitando_que_seja_implantado_na_rede_de_ensino_municipal_o_projeto_bombeiro_mirim..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n_04-2025_-_itan_lobo_-_lsolicitando_que_seja_implantado_na_rede_de_ensino_municipal_o_projeto_bombeiro_mirim..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, e a Secretaria Municipal de Educação, Cultura, Esporte e Lazer solicitando que seja implantado na rede de ensino municipal o Projeto Bombeiro Mirim.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n_05-2025_-_itan_lobo_-_solicitando_a_construcao_de_um_canil_em_nosso_municipio..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n_05-2025_-_itan_lobo_-_solicitando_a_construcao_de_um_canil_em_nosso_municipio..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando a construção de um canil em nosso município.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n_06-2025_-_itan__lobo_-_solicitando_que_sejam_tomadas_as_devidas_providencias_em_relacao_as_motos_que_possuem_escapamento_esportivo..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n_06-2025_-_itan__lobo_-_solicitando_que_sejam_tomadas_as_devidas_providencias_em_relacao_as_motos_que_possuem_escapamento_esportivo..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, ao Comandante do destacamento da Polícia Militar e ao Comandante da Guarda Municipal, solicitando que sejam tomadas as devidas providências em relação às motos que possuem escapamento esportivo.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n_07-2025_-_itan_lobo_-_solicitando_a_implantacao_de_faixas_de_pedestres_nas_proximidades_das_escolas_municipais..docx.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n_07-2025_-_itan_lobo_-_solicitando_a_implantacao_de_faixas_de_pedestres_nas_proximidades_das_escolas_municipais..docx.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando a implantação de faixas de pedestres nas proximidades das escolas municipais.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_n_08-2025-_itan_lobo_-_para_que_sejam_construidas_duas_passagens_molhadas_no_sitio_salgado..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_n_08-2025-_itan_lobo_-_para_que_sejam_construidas_duas_passagens_molhadas_no_sitio_salgado..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, para que sejam construídas duas passagens molhadas no sítio Salgado.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>Kátia do Sindicato</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_n_09-2025_-_katia_albertina_-_solicitando_a_abertura_dos_postos_de_saude_na_zona_rural_para_que_sejam_realizados_atendimentos_medicos..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_n_09-2025_-_katia_albertina_-_solicitando_a_abertura_dos_postos_de_saude_na_zona_rural_para_que_sejam_realizados_atendimentos_medicos..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando a abertura dos postos de saúde na zona rural, para que sejam realizados atendimentos médicos a população que habita essas localidades.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>Arilúzia Sasnara</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_n_10-2025-_ariluzia_sasnara_-_especializado_em_reabilitacao_especificamente_para_pessoas_com_deficiencia_com_profissionais_especializados_que_atendam_seus_anseios_e_necessidades..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_n_10-2025-_ariluzia_sasnara_-_especializado_em_reabilitacao_especificamente_para_pessoas_com_deficiencia_com_profissionais_especializados_que_atendam_seus_anseios_e_necessidades..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, com cópia as Secretárias de Assistência Social, Educação e Saúde, solicitando que seja visto a possibilidade da criação de um Centro Especializado em Reabilitação, especificamente, para pessoas com deficiência, com profissionais especializados que atendam seus anseios e necessidades, como forma de garantir o desenvolvimento de habilidades funcionais e, promover sua autonomia e independência de acordo com suas limitações.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>Gaby do Hospital</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_n_11-2025_-_gabriella_layse_-_com_copia_as_secretarias_de_saude_e_de_assistencia_social_solicitando_que_seja_viabilizada_no_municipio.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_n_11-2025_-_gabriella_layse_-_com_copia_as_secretarias_de_saude_e_de_assistencia_social_solicitando_que_seja_viabilizada_no_municipio.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, com cópia as Secretárias de Saúde e de Assistência Social, solicitando que seja viabilizada no Município, a ação de castração gratuita para animais errantes e de famílias de baixa renda que estejam inscritas no cadastro único para programas sociais.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/500/requeirmento_n_12-2025_-_itan_lobo_-_solicitando_que_seja_realizada_uma_analise_de_reparo_na_parede_do_acude_do_municipio_de_cruzeta..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/500/requeirmento_n_12-2025_-_itan_lobo_-_solicitando_que_seja_realizada_uma_analise_de_reparo_na_parede_do_acude_do_municipio_de_cruzeta..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, com cópia a sede da Administração Central do Departamento Nacional de Obras Contra as Secas (DNOCS), localizada em Fortaleza, Ceará, solicitando que seja realizada uma análise de reparo na parede do açude do Município de Cruzeta.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_n_13-2025-_gabriella_layse_-solicitando_a_atencao_e_o_apoio_necessario_para_a_realizacao_de_melhorias_na_praca_de_alimentacao_atualmente_localizada_ao_lado_da_guarda_municipal...pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_n_13-2025-_gabriella_layse_-solicitando_a_atencao_e_o_apoio_necessario_para_a_realizacao_de_melhorias_na_praca_de_alimentacao_atualmente_localizada_ao_lado_da_guarda_municipal...pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando a atenção e o apoio necessário para a realização de melhorias na “Praça de Alimentação” atualmente localizada ao lado da Guarda Municipal, como: a construção da cobertura, 2 banheiros, e que seja denominada com o nome de Antenor Duarte dos Santos, conhecido como “Seu Antenor do bar da Algaroba”.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>Bebeto Diniz, Patrício de Porfírio</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_n_14-2025_-_bebeto_e_patricio_-_solicitando_a_continuidade_das_atividades_das_escolinhas_de_volei_e_futsal_no_municipio_de_cruzeta_e_dentro_das_possibilidades_orcamentarias...docx.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_n_14-2025_-_bebeto_e_patricio_-_solicitando_a_continuidade_das_atividades_das_escolinhas_de_volei_e_futsal_no_municipio_de_cruzeta_e_dentro_das_possibilidades_orcamentarias...docx.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, para que seja enviado expediente ao excelentíssimo senhor Prefeito Municipal, com cópia a secretaria responsável, bem como ao coordenador de esporte,  solicitando a continuidade das atividades das escolinhas de Vôlei e Futsal no município de Cruzeta, e, dentro das possibilidades orçamentárias, que seja criada também uma escolinha de Futebol de Campo, com o intuito de promover a inclusão social, o desenvolvimento esportivo e o bem-estar das crianças e adolescentes da nossa cidade.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/512/requerimento_n_15-2025-_ariluzia_-_solicitando_que_seja_visto_a_possibilidade_da_criacao_do_caee.docx.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/512/requerimento_n_15-2025-_ariluzia_-_solicitando_que_seja_visto_a_possibilidade_da_criacao_do_caee.docx.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, com cópia a Secretária de Educação, Cultura e Esporte, solicitando que seja visto a possibilidade da criação do CAEE (Centro de Atendimento Educacional Especializado) para crianças com deficiência em nosso município.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_n_16-2025-_cypriano_pinhieiro_-_solicitando_restauracao_das_pontes_do_rio_salgado_e_quimporo.docx.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_n_16-2025-_cypriano_pinhieiro_-_solicitando_restauracao_das_pontes_do_rio_salgado_e_quimporo.docx.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando a restauração das Pontes do Rio Salgado e Quimporó.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/514/requerimento_n_17-2025-_cypriano_pinheiro_-_solicitando_que_um_veterinario_realize_atendimentos_na_zona_rural_do_municipio_de_cruzeta-rn..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/514/requerimento_n_17-2025-_cypriano_pinheiro_-_solicitando_que_um_veterinario_realize_atendimentos_na_zona_rural_do_municipio_de_cruzeta-rn..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando que um veterinário realize atendimentos na Zona Rural do município de Cruzeta-RN.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/515/requerimento_n_18-2025-_itan_lobo_-_solicitando_a_construcao_de_uma_academia_da_saude_na_ciclovia_jose_pereira_da_silva..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/515/requerimento_n_18-2025-_itan_lobo_-_solicitando_a_construcao_de_uma_academia_da_saude_na_ciclovia_jose_pereira_da_silva..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando a construção de uma academia da saúde na Ciclovia José Pereira da Silva.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>Patrício de Porfírio</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/519/requeirmento_n_19-2025-_patricio_sisnderley_-_solicitando_a_aquisicao_de_um_aparelho_de_fototerapia_neonatal_equipamento_essencial_para_o_tratamento_eficaz_da_ictericia_em_recem-nascidos..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/519/requeirmento_n_19-2025-_patricio_sisnderley_-_solicitando_a_aquisicao_de_um_aparelho_de_fototerapia_neonatal_equipamento_essencial_para_o_tratamento_eficaz_da_ictericia_em_recem-nascidos..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, para que seja enviado expediente ao Exmº. Sr. Prefeito Municipal, solicitando a aquisição de um aparelho de fototerapia neonatal, equipamento essencial para o tratamento eficaz da icterícia em recém-nascidos. _x000D_
 _x000D_
 Sala Pedro Vital da Câmara Municipal de Cruzeta-RN, em 05 de maio de 2025</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_n_20-2025_-_patricio_sinderley_-_solicitando_seja_adicionado_aterro_no_caminho_do_sitio_fechado_no_local_conhecido_como_passagem_da_lagoa..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_n_20-2025_-_patricio_sinderley_-_solicitando_seja_adicionado_aterro_no_caminho_do_sitio_fechado_no_local_conhecido_como_passagem_da_lagoa..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, para que seja enviado expediente ao Exmº. Sr. Prefeito Municipal, solicitando seja adicionado aterro no caminho do Sítio Fechado, no local conhecido como “passagem da lagoa”.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando o melhoramento da Iluminação Pública na Rua João XXIII, conhecida popularmente como Rua da Usina.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_n_22-2025_-_walfredo_cesino_-_solicitando_a_disponibilizacao_de_uma_maquina_perfuratriz_em_parceria_com_a_amso__associacao_dos_municipios_do_sudoeste_do_estado.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_n_22-2025_-_walfredo_cesino_-_solicitando_a_disponibilizacao_de_uma_maquina_perfuratriz_em_parceria_com_a_amso__associacao_dos_municipios_do_sudoeste_do_estado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, para que seja encaminhado expediente ao Exmo. Senhor Prefeito, solicitando a disponibilização de uma máquina perfuratriz, em parceria com à AMSO – Associação dos Municípios do Sudoeste do Estado, para atender às necessidades de perfuração de poços, visando garantir o abastecimento de água nas comunidades rurais do município, a eficiência e a qualidade dos serviços a serem realizados.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/526/requerimento_n_23-2025_-_itan_lobo_-solicitando_a_construcao_de_duas_areninhas_esportiva_de_volei_de_praia_e_futevolei_no_terreno_ao_lado_do_ginasio_de_esportes.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/526/requerimento_n_23-2025_-_itan_lobo_-solicitando_a_construcao_de_duas_areninhas_esportiva_de_volei_de_praia_e_futevolei_no_terreno_ao_lado_do_ginasio_de_esportes.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando a construção de duas Areninhas Esportivas de Vôlei de Praia e Futevôlei no terreno ao lado do Ginásio de Esportes "O Medeirão", e que seu uso seja de maneira gratuita.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/536/requerimento_no_24-2025-_patricio_sinderley.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/536/requerimento_no_24-2025-_patricio_sinderley.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, para que seja enviado expediente ao Exmº. Sr. Prefeito Municipal, solicitando a reforma e manutenção da estrada da comunidade Rio do Meio, com especial atenção à subida (ladeira) localizada nas proximidades da residência do senhor conhecido como “Biró de Padadá”.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/537/requerimento_n_25-2025_-_gabriella_laisy_-_solicitando_a_implantacao_de_uma_2a_equipe_multiprofissional_emulti_e_de_uma_3a_equipe_de_atencao_basica_na_zona_urbana_do_municipio_de_cruzeta-rn..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/537/requerimento_n_25-2025_-_gabriella_laisy_-_solicitando_a_implantacao_de_uma_2a_equipe_multiprofissional_emulti_e_de_uma_3a_equipe_de_atencao_basica_na_zona_urbana_do_municipio_de_cruzeta-rn..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando a implantação de uma 2ª Equipe Multiprofissional (eMulti) e de uma 3ª Equipe de Atenção Básica na Zona Urbana do Município de Cruzeta/RN.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/540/requerimento_n_26-2025_-_ariluzia_sasnara_-_solicitando_a_instalacao_de_pontos_de_coleta_para_medicamentos_vencidos_em_unidades_de_saude_farmacias_municipais..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/540/requerimento_n_26-2025_-_ariluzia_sasnara_-_solicitando_a_instalacao_de_pontos_de_coleta_para_medicamentos_vencidos_em_unidades_de_saude_farmacias_municipais..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando a instalação de pontos de coleta para medicamentos vencidos em unidades de saúde, farmácias municipais e outros locais estratégicos do município.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/543/requerimento__n_27-2025_-_itan_lobo_de_medeiros-_emenda_de_banca_parlamentar_para_reducao_de_filas_de_espera_na_saude.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/543/requerimento__n_27-2025_-_itan_lobo_de_medeiros-_emenda_de_banca_parlamentar_para_reducao_de_filas_de_espera_na_saude.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente Exmª. Srª Senadora Federal Zenaide Maia Calado Pereira dos Santos, solicitando uma emenda de Bancada Parlamentar no valor de R$ 300.000,00 (trezentos mil reais), para que seja destinada a Saúde do município de Cruzeta-RN, visando a redução de filas de espera.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/549/requerimento_n_28-2025_-_walfredo_cesino_-_para_que_o_projeto_de_lei_10-2025_da_mesa_diretora_tenha_tramitacao_em_regime_de_urgencia.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/549/requerimento_n_28-2025_-_walfredo_cesino_-_para_que_o_projeto_de_lei_10-2025_da_mesa_diretora_tenha_tramitacao_em_regime_de_urgencia.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, com fundamento no artigo 95, § 3º inciso VII do Regimento Interno (Resolução nº 38/90), para que o Projeto de Lei 10/2025, da Mesa Diretora, tenha tramitação em Regime de Urgência, de acordo com os dispostos nos artigos 59, 107 e 108 do citado Regimento Interno.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/551/requerimento_n_29-2025_-_solicitando_a_viabilizacao_de_exames_de_endoscopia_no_municipio_com_a_contratacao_de_profissionais_capacitados_especializados_e_com_formacao.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/551/requerimento_n_29-2025_-_solicitando_a_viabilizacao_de_exames_de_endoscopia_no_municipio_com_a_contratacao_de_profissionais_capacitados_especializados_e_com_formacao.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr prefeito Municipal, através da Secretaria Municipal de Saúde, solicitando a viabilização de exames de endoscopia no Município, com a contratação de profissionais capacitados, especializados e com formação e, que a infraestrutura seja adequada, para que estes sejam realizados com qualidade e eficácia.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento_n_30-2025_-_walfredo_cesino_-_solicitando_a_construcao_de_uma_passarela_sobre_a_ponte_do_alto_dos_remedios..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento_n_30-2025_-_walfredo_cesino_-_solicitando_a_construcao_de_uma_passarela_sobre_a_ponte_do_alto_dos_remedios..pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, para que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando a construção de uma passarela sobre a ponte do Alto dos Remédios.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/553/requerimento_n_31-2025_-_patricio_sinderley_-_solicitando_que_a_empresa_contratada_para_construcao_dos_mata_burros_da_zona_rural_seja_notificada.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/553/requerimento_n_31-2025_-_patricio_sinderley_-_solicitando_que_a_empresa_contratada_para_construcao_dos_mata_burros_da_zona_rural_seja_notificada.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, para que seja enviado expediente ao Exmº. Sr. Prefeito Municipal, solicitando que a empresa contratada para construção dos mata burros da zona rural seja notificada, devido as situações precárias em que estes se encontram.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/554/requerimento_n_32-2025-_patricio_sinderley_-_solicitando_ao_poder_executivo_a_realizacao_de_prestacao_de_contas_e_a_apresentacao_da_previsao_de_conclusao_da_ampliacao_do_cemiterio.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/554/requerimento_n_32-2025-_patricio_sinderley_-_solicitando_ao_poder_executivo_a_realizacao_de_prestacao_de_contas_e_a_apresentacao_da_previsao_de_conclusao_da_ampliacao_do_cemiterio.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando ao Poder Executivo a realização de prestação de contas de forma detalhada, assim como a apresentação da previsão de conclusão da ampliação do cemitério público.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/555/requerimento_n_33-2025_-_gabriella_laisy_-_solicitando_a_designacao_de_vigilantes_para_as_escolas_e_unidades_de_saude_da_rede_publica_municipal_como_medida_preventiva..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/555/requerimento_n_33-2025_-_gabriella_laisy_-_solicitando_a_designacao_de_vigilantes_para_as_escolas_e_unidades_de_saude_da_rede_publica_municipal_como_medida_preventiva..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, com cópia à Secretaria Municipal de Educação, à Secretaria Municipal de Saúde e à Secretaria de Administração, solicitando a designação de vigilantes capacitados para as Escolas e Unidades de Saúde da rede pública Municipal, como medida preventiva.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/561/requerimento_n_34-2025_-_ariluzia_sasnara__solicitando_a_implantacao_de_areas_verdes_como_por_exemplo_hortas_sustentaveis_com_plantas_...pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/561/requerimento_n_34-2025_-_ariluzia_sasnara__solicitando_a_implantacao_de_areas_verdes_como_por_exemplo_hortas_sustentaveis_com_plantas_...pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, com cópia a Secretária Municipal de Assistência Social e ao Coordenador de Meio Ambiente, solicitando a implantação de áreas verdes como, por exemplo, hortas sustentáveis com plantas ornamentais, frutíferas e medicinais, no Centro de Referência da Assistência Social – CRAS, de modo que, os usuários do Serviço de Convivência e Fortalecimento de Vínculos possam desenvolver esta ação.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/562/requerimento_n_35-2025_-__ariluzia_sasnara_-_solicitando_a_aquisicao_de_materiais_e_equipamentos_com_o_objetivo_de_melhorar_as_atividades_desenvolvidas_na_academia_da_saude.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/562/requerimento_n_35-2025_-__ariluzia_sasnara_-_solicitando_a_aquisicao_de_materiais_e_equipamentos_com_o_objetivo_de_melhorar_as_atividades_desenvolvidas_na_academia_da_saude.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, com cópia a Secretária Municipal de Saúde, solicitando a aquisição de materiais e equipamentos com o objetivo de melhorar as atividades desenvolvidas na Academia da Saúde em nosso município.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/563/requerimento_n_36-2025-_ariluzia_sasnara_-_solicitando_a_implantacao_da_sala_da_mulher_no_creas__centro_de_referencia_especializado_de_assistencia_social_deste_municipio..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/563/requerimento_n_36-2025-_ariluzia_sasnara_-_solicitando_a_implantacao_da_sala_da_mulher_no_creas__centro_de_referencia_especializado_de_assistencia_social_deste_municipio..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, com cópia à Secretária Municipal de Assistência Social e Coordenadora Municipal do CREAS, solicitando a implantação da Sala da Mulher no CREAS – Centro de Referência Especializado de Assistência Social deste município.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/564/requerimento_n_37-2025_-patricio_sinderley_-_solicitando_que_seja_realizado_por_parte_do_executivo_um_concurso_publico...pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/564/requerimento_n_37-2025_-patricio_sinderley_-_solicitando_que_seja_realizado_por_parte_do_executivo_um_concurso_publico...pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, para que seja enviado expediente ao Exmº. Sr. Prefeito Municipal, solicitando que seja realizado Concurso Público por parte do executivo, pensando na sobrevivência do Instituto de Previdência Própria – Cruzeta - PREV.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/565/requerimento_n_38-2025-_gabriella_laisy_-__solicitando_que_nas_festividades_promovidas_pelo_municipio_sejam_asseguradas_medidas_de_acessibilidade_e_inclusao_...pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/565/requerimento_n_38-2025-_gabriella_laisy_-__solicitando_que_nas_festividades_promovidas_pelo_municipio_sejam_asseguradas_medidas_de_acessibilidade_e_inclusao_...pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando que nas festividades promovidas pelo Município, sejam asseguradas medidas de acessibilidade e inclusão para as pessoas com deficiência e mobilidade reduzida, disponibilizando acessos adaptados e áreas reservadas, garantindo visibilidade, segurança e conforto.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/578/requerimento_n_39-2025-_bebeto_diniz-__a_prestacao_de_contas_detalhada_do_leilao_de_bens_imoveis_notadamente_terrenos_realizado_no_ultimo_dia_22_de_agosto_de_2025.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/578/requerimento_n_39-2025-_bebeto_diniz-__a_prestacao_de_contas_detalhada_do_leilao_de_bens_imoveis_notadamente_terrenos_realizado_no_ultimo_dia_22_de_agosto_de_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, para que seja enviado expediente ao excelentíssimo senhor Prefeito Municipal, para que encaminhe a esta Casa Legislativa, no prazo legal, a prestação de contas detalhada do leilão de bens imóveis, notadamente terrenos, realizado no último dia 22 de agosto de 2025. Solicita-se que o Executivo informe os nomes dos compradores, os valores individualmente arrecadados com cada imóvel e o montante total obtido no referido leilão.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/579/requerimento_n_40-2025_-_bebeto_diniz-_requerendo_que_encaminhe_a_esta_casa_legislativa_no_prazo_legal_os_devidos_esclarecimentos_acerca_do_nao_pagamento_das_emendas_impositivas_..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/579/requerimento_n_40-2025_-_bebeto_diniz-_requerendo_que_encaminhe_a_esta_casa_legislativa_no_prazo_legal_os_devidos_esclarecimentos_acerca_do_nao_pagamento_das_emendas_impositivas_..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, para que seja enviado expediente ao excelentíssimo senhor Prefeito Municipal, requerendo que encaminhe a esta Casa Legislativa, no prazo legal, os devidos esclarecimentos acerca do não pagamento das emendas impositivas referentes aos exercícios de 2022, 2023 e 2024, incluído os motivos que ensejaram à não execução e o não pagamento das emendas impositivas. Além disso, informar se há previsão para a regularização desses pagamentos. E por fim, quais medidas administrativas e financeiras estão sendo adotadas para garantir o cumprimento das emendas aprovadas pelo Legislativo.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/582/requerimento_n_41-2025_-_katia_albertina_-_solicitando_a_construcao_de_uma_passagem_molhada_no_riacho_da_barra_localizado_no_sitio_riacho_da_barra_proximo_ao_finado_ze_rodrigues..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/582/requerimento_n_41-2025_-_katia_albertina_-_solicitando_a_construcao_de_uma_passagem_molhada_no_riacho_da_barra_localizado_no_sitio_riacho_da_barra_proximo_ao_finado_ze_rodrigues..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Ex.mo. Sr. Prefeito Municipal, solicitando a construção de uma passagem molhada no Riacho da Barra, localizado no Sitio Riacho da Barra próximo ao finado Zé Rodrigues.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/583/requerimento_n_42-2025_-_katia_albertina_-_solicitando_a_construcao_de_uma_passagem_molhada_no_riacho_das_lajes_localizada_no_sitio_riacho_das_lajes_proximo_a_ze_maria..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/583/requerimento_n_42-2025_-_katia_albertina_-_solicitando_a_construcao_de_uma_passagem_molhada_no_riacho_das_lajes_localizada_no_sitio_riacho_das_lajes_proximo_a_ze_maria..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Ex.mo. Sr. Prefeito Municipal, solicitando a construção de uma passagem molhada no Riacho das Lajes, localizada no Sítio Riacho das Lajes próximo a Zé Maria.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/584/requerimento_n_43-2025_-_ariluzia_sasnara_-__solicitando_que_seja_providenciado_um_ponto_de_iluminacao_publica_na_rua_ao_lado_do_clube_municipal_proximo_ao_parque_infantil_...pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/584/requerimento_n_43-2025_-_ariluzia_sasnara_-__solicitando_que_seja_providenciado_um_ponto_de_iluminacao_publica_na_rua_ao_lado_do_clube_municipal_proximo_ao_parque_infantil_...pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando que seja providenciado um ponto de iluminação pública na rua ao lado do Clube Municipal, próximo ao parque infantil, visando garantir mais segurança e conforto para os moradores e frequentadores da área, especialmente crianças e famílias que utilizam o espaço de lazer.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/585/requerimento_n_44-2025_-_ariluzia_sasnara_-__solicitando_que_seja_providenciado_a_implantacao_de_um_brecho_social_no_cras.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/585/requerimento_n_44-2025_-_ariluzia_sasnara_-__solicitando_que_seja_providenciado_a_implantacao_de_um_brecho_social_no_cras.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, com cópia à Secretaria de Assistência Social e à Coordenadora do CRAS, solicitando que seja providenciado a Implantação de um Brechó Social no CRAS.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/586/requerimento_n_45-2025_-_ariluzia_sasnara_-_solicitando_um_convenio_com_a_associacao_aspoarc__associacao_dos_produtores_artesanais_de_cruzeta..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/586/requerimento_n_45-2025_-_ariluzia_sasnara_-_solicitando_um_convenio_com_a_associacao_aspoarc__associacao_dos_produtores_artesanais_de_cruzeta..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando a celebração de um Convênio com a Associação dos Produtores Artesanais de Cruzeta - ASPOARC.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/587/requerimento_n_46-2025_-_itan_lobo_-__bem_como_as_superintendencias_da_codevasf_e_da_funasa_solicitando_a_perfuracao_de_pocos_tubulares.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/587/requerimento_n_46-2025_-_itan_lobo_-__bem_como_as_superintendencias_da_codevasf_e_da_funasa_solicitando_a_perfuracao_de_pocos_tubulares.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal, bem como às superintendências da CODEVASF e da FUNASA, solicitando a perfuração de poços tubulares.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/594/requerimento_n_47-2025_-_walfredo_cesino_-_para_que_o_projeto_de_lei_13-2025_do_poder_executivo_tenha_tramitacao_em_regime_de_urgencia_de_acordo_com_os_disp.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/594/requerimento_n_47-2025_-_walfredo_cesino_-_para_que_o_projeto_de_lei_13-2025_do_poder_executivo_tenha_tramitacao_em_regime_de_urgencia_de_acordo_com_os_disp.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, com fundamento no artigo 95, § 3º inciso VII do Regimento Interno (Resolução nº 38/90), para que o Projeto de Lei 13/2025, do Poder Executivo, tenha tramitação em Regime de Urgência, de acordo com os dispostos nos artigos 59, 107 e 108 do citado Regimento Interno._x000D_
 Requeiro, outro sim, com base no citado artigo 59, que o presente Requerimento seja dispensado de parecer de comissão.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/597/requerimento_n_48-2025_-_itan_lobo-_solicitando_do_presidente_do_senar_cursos_profissionalizantes_na_area_de_culinaria_e_beneficiamento_do_pescado_para_os_pescadores_...pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/597/requerimento_n_48-2025_-_itan_lobo-_solicitando_do_presidente_do_senar_cursos_profissionalizantes_na_area_de_culinaria_e_beneficiamento_do_pescado_para_os_pescadores_...pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando do presidente do SENAR, cursos profissionalizantes na área de culinária e beneficiamento do pescado para os pescadores e pescadoras do Município de Cruzeta e curso na área de Criação de Peixe em cativeiro.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/598/requerimento_n_49-2025_-_gabriella_laisy_-_solicitando_a_implantacao_de_um_centro_de_apoio_e_atendimento_multiprofissional_as_mulheres_com_endometriose_no_municipio_de_cruzeta-rn..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/598/requerimento_n_49-2025_-_gabriella_laisy_-_solicitando_a_implantacao_de_um_centro_de_apoio_e_atendimento_multiprofissional_as_mulheres_com_endometriose_no_municipio_de_cruzeta-rn..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, com cópia à Secretária de Saúde, solicitando a implantação de um Centro de apoio e atendimento multiprofissional às Mulheres com Endometriose no Município de Cruzeta/RN.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/602/requerimento_n50-2025_-_walfredo_cesino_-_para_que_o_projeto_de_lei_17-2025_do_poder_executivo_tenha_tramitacao_em_regime_de_urgencia..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/602/requerimento_n50-2025_-_walfredo_cesino_-_para_que_o_projeto_de_lei_17-2025_do_poder_executivo_tenha_tramitacao_em_regime_de_urgencia..pdf</t>
   </si>
   <si>
     <t>Requer a Mesa ouvido o Plenário, com fundamento no artigo 95, § 3º inciso VII do Regimento Interno (Resolução nº 38/90), para que o Projeto de Lei n° 17/2025, do Poder Executivo, tenha tramitação em Regime de Urgência, de acordo com os dispostos nos artigos 59, 107 e 108 do citado Regimento Interno.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/603/requerimento_n_51-2025-_itan_lobo_-_solicitando_a_construcao_de_um_abatedouro_municipal..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/603/requerimento_n_51-2025-_itan_lobo_-_solicitando_a_construcao_de_um_abatedouro_municipal..pdf</t>
   </si>
   <si>
     <t>Requer a Mesa ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, com cópia ao Secretário de Agricultura, Pecuária e Pesca do Rio Grande do Norte, o Senhor Guilherme Saldanha, solicitando a construção de um abatedouro municipal.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/632/requerimento_n_52_-_gabriella_laisy_-_pavimentacao_em_paralelepipedo_e_a_revitalizacao_do_reservatorio_dagua_na_zona_rural_especialmente_no_perimetro_irrigado_ii..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/632/requerimento_n_52_-_gabriella_laisy_-_pavimentacao_em_paralelepipedo_e_a_revitalizacao_do_reservatorio_dagua_na_zona_rural_especialmente_no_perimetro_irrigado_ii..pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, com cópia à Secretaria de Obras e Serviços Urbanos, solicitando a pavimentação em paralelepípedo e a revitalização do reservatório d’água na zona rural, especialmente no Perímetro Irrigado II, no Município de Cruzeta/RN.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/644/requerimento_n_53-2025_-_ariluzia_sasnara_-_convocacao_do__prefeito_municipal_de_cruzeta_para_comparecer_a_esta_casa_legislativa_em_dia_e_hora_a_serem_defin.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/644/requerimento_n_53-2025_-_ariluzia_sasnara_-_convocacao_do__prefeito_municipal_de_cruzeta_para_comparecer_a_esta_casa_legislativa_em_dia_e_hora_a_serem_defin.pdf</t>
   </si>
   <si>
     <t>CONVOCAÇÃO do Excelentíssimo Senhor Prefeito Municipal de Cruzeta, para comparecer a esta Casa Legislativa, em dia e hora a serem definidos no Ofício de Convocação, a fim de prestar informações e esclarecimentos pessoais sobre atos da Administração Municipal.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/651/requerimento_n_54-2025_-_gabriella_laisy_-_poste_de_iluminacao_publica_no_bairro_alto_dos_remedios_nas_proximidades_da_residencia_do_sr._ulisses.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/651/requerimento_n_54-2025_-_gabriella_laisy_-_poste_de_iluminacao_publica_no_bairro_alto_dos_remedios_nas_proximidades_da_residencia_do_sr._ulisses.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, com cópia à Secretaria de Obras e Serviços Urbanos, solicitando a instalação de um poste de iluminação pública no bairro Alto dos Remédios, nas proximidades da residência do Sr. Ulisses, com acesso à parede do açude, atendendo à necessidade de reforço na iluminação e segurança da localidade.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/652/requerimento_n_55-2025_-_patricio_sinderley_-_implementacao_de_2_faixas_de_pedestres_nas_duas_entradas_do_alto_dos_remedios_2_redutores_de_velocidade.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/652/requerimento_n_55-2025_-_patricio_sinderley_-_implementacao_de_2_faixas_de_pedestres_nas_duas_entradas_do_alto_dos_remedios_2_redutores_de_velocidade.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, para que seja enviado expediente ao Exmº. Sr. Prefeito Municipal, que seja encaminhado cópia à Secretaria de Obras e Serviços Urbanos e ao DNIT, solicitando a implementação de 2 faixas de pedestres nas duas entradas do Alto dos Remédios, 2 redutores de velocidade (quebra-mola), 1 em frente a cerâmica de Sidney e outro em frente à casa de Dedé de Boboco e placas de sinalização também nas duas entradas.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/653/requerimento_n_56-2025_-_cypriano_pinheiro_-_implementacao_de_1_redutor_de_velocidade_quebra-mola_no_portico_da_entrada_de_cruzeta-acari..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/653/requerimento_n_56-2025_-_cypriano_pinheiro_-_implementacao_de_1_redutor_de_velocidade_quebra-mola_no_portico_da_entrada_de_cruzeta-acari..pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, para que seja encaminhado expediente ao Exmº. Sr. Prefeito Municipal, solicitando a implementação de 1 redutor de velocidade (quebra-mola) no Pórtico da entrada de Cruzeta-Acari.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_n_57-2025_-_walfredo_cesino_-projeto_de_lei_19.2025_regime_de_urgencia.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_n_57-2025_-_walfredo_cesino_-projeto_de_lei_19.2025_regime_de_urgencia.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, com fundamento no artigo 95, § 3º inciso VII do Regimento Interno (Resolução nº 38/90), para que o Projeto de Lei n° 19/2025, do Poder Executivo, tenha tramitação em Regime de Urgência, de acordo com os dispostos nos artigos 59, 107 e 108 do citado Regimento Interno._x000D_
 Requeiro, outro sim, com base no citado artigo 59, que o presente Requerimento seja dispensado de parecer de comissão.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_n_58-2025_-_walfredo_cesino.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_n_58-2025_-_walfredo_cesino.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, com fundamento no artigo 95, § 3º inciso VII do Regimento Interno (Resolução nº 38/90), para que o Projeto de Lei Complementar n° 03/2025, Projeto de Lei n° 21/2025, Projeto de Lei n° 22/2025, Projeto de Lei n° 23/2025 e Projeto de Lei n° 24/2025, do Poder Executivo, tenha tramitação em Regime de Urgência, de acordo com os dispostos nos artigos 59, 107 e 108 do citado Regimento Interno. Requeiro, outro sim, com base no citado artigo 59, que o presente Requerimento seja dispensado de parecer de comissão.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/668/requerimento_n_59-2025_-_gabriella_laisy_-_projeto_de_lei_25-2025.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/668/requerimento_n_59-2025_-_gabriella_laisy_-_projeto_de_lei_25-2025.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário, com fundamento no artigo 95, § 3º inciso VII do Regimento Interno (Resolução nº 38/90), para que o Projeto de Lei n° 25/2025, do Poder Executivo, tenha tramitação em Regime de Urgência, de acordo com os dispostos nos artigos 59, 107 e 108 do citado Regimento Interno. Requeiro, outro sim, com base no citado artigo 59, que o presente Requerimento seja dispensado de parecer de comissão.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/672/requerimento_n_60-2025_-_ariluzia_sasnara.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/672/requerimento_n_60-2025_-_ariluzia_sasnara.pdf</t>
   </si>
   <si>
     <t>Requer a Mesa ouvido o Plenário, com fundamento no artigo 95, § 3o inciso VII do Regimento Interno (Resolução no 38/90), para que os Projetos de Leis n° 26, 27 e 28/2025 do Poder Executivo, tenha tramitação em Regime de Urgência, de acordo com os dispostos nos artigos 59, 107 e 108 do citado Regimento Interno. Requeiro, outro sim, com base no citado artigo 59, que o presente Requerimento seja dispensado de parecer de comissão.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/516/projeto_de_resolun_01-2025_-_mesa_diretora_-_cria_no_ambito_municipal_o_parlamento_jovem_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/516/projeto_de_resolun_01-2025_-_mesa_diretora_-_cria_no_ambito_municipal_o_parlamento_jovem_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Cria no âmbito municipal o Parlamento Jovem e dá outras providências.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/527/emenda_a_lei_organica_n_01-2025_-_altera_a_lei_organica_do_municipio_de_cruzeta-rn_para_incluir__o_art._119-a.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/527/emenda_a_lei_organica_n_01-2025_-_altera_a_lei_organica_do_municipio_de_cruzeta-rn_para_incluir__o_art._119-a.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Orgânica do Município de Cruzeta-RN  para incluir o art. 119-a.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_n_01-2025_-_itan_lobo_de_medeiros_-_nomear_ruas.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_n_01-2025_-_itan_lobo_de_medeiros_-_nomear_ruas.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o Plenário, para que seja enviado expediente ao excelentíssimo senhor Prefeito Municipal, solicitando que seja reavaliada a possibilidade de substituição da nomenclatura da Praça Celso Azevêdo dividida em ruas: Rua dos Três Poderes, renomear Rua Celso Azevêdo; Rua da Casa de Dr. João Nicácio, nomear Rua Ajáx Valeriano de Góes; Rua de Anaíde, nomear Rua José Amarildo da Silva.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/501/indicacao_n_02-2025_-_itan_lobo_de_medeiros_-_solicitando_que_seja_colocado_quebra-molas_nas_seguintes_ruas_do_nosso_municipio.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/501/indicacao_n_02-2025_-_itan_lobo_de_medeiros_-_solicitando_que_seja_colocado_quebra-molas_nas_seguintes_ruas_do_nosso_municipio.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o Plenário, para que seja enviado expediente ao Exmo. Sr. Prefeito Municipal, com cópia ao setor competente, solicitando que seja colocado quebra-molas nas seguintes ruas do nosso município: Rua Manoel Martiniano de Medeiros; Rua Ângelo Tomé e Rua Rafael Pereira.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/538/indicacao_n_03-2025_-_gabriella_laisy_-_solicitando_que_encaminhe_a_esta_camara_projeto_de_lei_que_institua_o_programa_municipal_de_incentivo_ao_esporte_e_lazer__bolsa_atleta.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/538/indicacao_n_03-2025_-_gabriella_laisy_-_solicitando_que_encaminhe_a_esta_camara_projeto_de_lei_que_institua_o_programa_municipal_de_incentivo_ao_esporte_e_lazer__bolsa_atleta.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o Plenário, para que seja enviado expediente ao Exmo. Sr. Prefeito Municipal, solicitando que encaminhe a esta Casa Legislativa, o Projeto de Lei que institui o Programa Municipal de Incentivo ao Esporte e Lazer – “Bolsa Atleta”, com o objetivo de valorizar e apoiar os atletas do município de Cruzeta/RN, conforme minuta anexa.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/571/indicacao_n_04-2025_-_gabriella_laisy_-_solicitando_que_encaminhe_a_esta_casa_legislativa_o_projeto_de_lei_assegurando_as_criancas_diagnosticadas_com_transtorno_do_espectro_autista.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/571/indicacao_n_04-2025_-_gabriella_laisy_-_solicitando_que_encaminhe_a_esta_casa_legislativa_o_projeto_de_lei_assegurando_as_criancas_diagnosticadas_com_transtorno_do_espectro_autista.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o Plenário, para que seja enviado expediente ao Exmo. Sr. Prefeito Municipal, solicitando que encaminhe a esta Casa Legislativa, o Projeto de Lei assegurando às crianças diagnosticadas com Transtorno do Espectro Autista (TEA) e demais crianças atípicas, o direito de acesso gratuito aos parques de diversão instalados em eventos festivos promovidos, apoiados ou autorizados pelo Poder Público Municipal.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_n_05-2025_-_ariluzia_sasnara_-_solicitando_a_titulo_de_sugestao_a_denominacao_de_ruas_eou_predios_publicos_com_os_nomes_do_casal_sr._antonio_geraldo_de_almeida_e_a_sra_jo.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_n_05-2025_-_ariluzia_sasnara_-_solicitando_a_titulo_de_sugestao_a_denominacao_de_ruas_eou_predios_publicos_com_os_nomes_do_casal_sr._antonio_geraldo_de_almeida_e_a_sra_jo.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o Plenário, para que seja enviado expediente ao Exmo. Sr. Prefeito Municipal, solicitando, a título de sugestão, a denominação de ruas e/ou prédios públicos com os nomes do casal Sr. Antônio Geraldo de Almeida e a Srª Josefa Medeiros de Almeida, conhecida como Zefinha Almeida. Sugere-se também, que a referida denominação seja dada à rua que dá acesso ao Balneário Público de Cruzeta.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/655/indicacao_n_06-2025_-_patricio_sinderley_-_gestao_se_sensibilize_e_arque_com_as_despesas_totais_ou_parciais_de_reforma_do_quiosque_publico_localizado_na_praca_dr._silvio_bezerra_de_melo.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/655/indicacao_n_06-2025_-_patricio_sinderley_-_gestao_se_sensibilize_e_arque_com_as_despesas_totais_ou_parciais_de_reforma_do_quiosque_publico_localizado_na_praca_dr._silvio_bezerra_de_melo.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o Plenário, para que seja enviado expediente ao Exmo. Sr. Prefeito Municipal, solicitando que a Gestão se sensibilize e arque com as despesas totais ou parciais de reforma do quiosque público localizado na Praça Dr. Silvio Bezerra de Melo, visando restabelecer o espaço de trabalho do permissionário afetado por um incêndio acidental, e garantir seu retorno às atividades econômicas assim que suas condições de saúde o permitirem.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFOF - COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/606/projeto_de_decreto_legislativo_no_01-2025_-_contas_anuais_joaquim_jose_de_medeiros_-_2021.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/606/projeto_de_decreto_legislativo_no_01-2025_-_contas_anuais_joaquim_jose_de_medeiros_-_2021.pdf</t>
   </si>
   <si>
     <t>Aprova as contas de gestão do Prefeito do Município de Cruzeta, relativas ao exercício financeiro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/610/projeto_de_decreto_legislativo_no_02-_2025_-_titulo_de_cidadao_cruzetense_a_sra._vitoria_dantas.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/610/projeto_de_decreto_legislativo_no_02-_2025_-_titulo_de_cidadao_cruzetense_a_sra._vitoria_dantas.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Cruzetense a Sra. VITÓRIA DANTAS.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/611/projeto_de_decreto_legislativo_no_03-_2025_-_titulo_de_cidadao_cruzetense_ao_sr._euripedes_araujo_costa_junior.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/611/projeto_de_decreto_legislativo_no_03-_2025_-_titulo_de_cidadao_cruzetense_ao_sr._euripedes_araujo_costa_junior.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Cruzetense ao Sr. EURÍPEDES ARAÚJO COSTA JÚNIOR.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/612/projeto_de_decreto_legislativo_no_04-2025_-_titulo_de_cidadao_cruzetense_a_sra._julia_ferreira_lopes_de_almeida.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/612/projeto_de_decreto_legislativo_no_04-2025_-_titulo_de_cidadao_cruzetense_a_sra._julia_ferreira_lopes_de_almeida.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Cruzetense a Sra. JÚLIA FERREIRA LOPES DE ALMEIDA.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/613/projeto_de_decreto_legislativo_no_05-_2025_-_titulo_de_cidadao_cruzetense_ao_sr._victor_fabricio_alexandre_sales.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/613/projeto_de_decreto_legislativo_no_05-_2025_-_titulo_de_cidadao_cruzetense_ao_sr._victor_fabricio_alexandre_sales.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Cruzetense ao Sr. VICTOR FABRÍCIO ALEXANDRE SALES.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/614/projeto_de_decreto_legislativo_no_06-2025_-_titulo_de_cidadao_cruzetense_ao_sr._cicero_damiao_felix_aciole.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/614/projeto_de_decreto_legislativo_no_06-2025_-_titulo_de_cidadao_cruzetense_ao_sr._cicero_damiao_felix_aciole.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Cruzetense ao Sr. CÍCERO DAMIÃO FÉLIX ACIOLE.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/615/projeto_de_decreto_legislativo_no_07-_2025_-_titulo_de_cidadao_cruzetense_ao_sr._roberth_batista_de_medeiros.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/615/projeto_de_decreto_legislativo_no_07-_2025_-_titulo_de_cidadao_cruzetense_ao_sr._roberth_batista_de_medeiros.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Cruzetense ao Sr. ROBERTH BATISTA DE MEDEIROS.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/616/projeto_de_decreto_legislativo_no_08-2025_-_titulo_de_cidadao_cruzetense_ao_sr._marcos_george_de_medeiros.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/616/projeto_de_decreto_legislativo_no_08-2025_-_titulo_de_cidadao_cruzetense_ao_sr._marcos_george_de_medeiros.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Cruzetense ao Sr. MARCOS GEORGE DE MEDEIROS.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/617/projeto_de_decreto_legislativo_no_09-2025_-_titulo_de_cidadao_cruzetense_ao_sr._roberto_carlos_cavalcante_ferreira.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/617/projeto_de_decreto_legislativo_no_09-2025_-_titulo_de_cidadao_cruzetense_ao_sr._roberto_carlos_cavalcante_ferreira.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Cruzetense ao Sr. ROBERTO CARLOS CAVALCANTE FERREIRA.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/618/projeto_de_decreto_legislativo_no_10-2025_-__titulo_de_cidadao_cruzetense_a_sra._mikaelly_fernanda_de_medeiros.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/618/projeto_de_decreto_legislativo_no_10-2025_-__titulo_de_cidadao_cruzetense_a_sra._mikaelly_fernanda_de_medeiros.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Cruzetense a Sra. MIKAELLY FERNANDA DE MEDEIROS.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/619/projeto_de_decreto_legislativo_no_11-2025_-_titulo_de_cidadao_cruzetense_a_sra._edna_fernandes_da_nobrega_medeiros.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/619/projeto_de_decreto_legislativo_no_11-2025_-_titulo_de_cidadao_cruzetense_a_sra._edna_fernandes_da_nobrega_medeiros.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Cruzetense a Sra. ÉDNA FERNANDES DA NÓBREGA MEDEIROS.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/620/projeto_de_decreto_legislativo_no_12-2025_-_titulo_de_cidadao_cruzetense_ao_sr._marcelo_araujo_de_assis.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/620/projeto_de_decreto_legislativo_no_12-2025_-_titulo_de_cidadao_cruzetense_ao_sr._marcelo_araujo_de_assis.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Cruzetense ao Sr. MARCELO ARAÚJO DE ASSIS.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/621/projeto_de_decreto_legislativo_no_13-2025_-_titulo_de_cidadao_cruzetense_a_sra._sonia_maria_de_medeiros_silva.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/621/projeto_de_decreto_legislativo_no_13-2025_-_titulo_de_cidadao_cruzetense_a_sra._sonia_maria_de_medeiros_silva.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Cruzetense a Sra. SÔNIA MARIA DE MEDEIROS SILVA.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/625/projeto_de_decreto_legislativo_no_14-2025_-_titulo_de_cidadao_cruzetense_ao_sr._cicero_diniz_do_nascimento.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/625/projeto_de_decreto_legislativo_no_14-2025_-_titulo_de_cidadao_cruzetense_ao_sr._cicero_diniz_do_nascimento.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Cruzetense ao Sr. CÍCERO DINIZ DO NASCIMENTO.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Cruzetense ao Sr. UBALDO FERNANDES DA SILVA.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/627/projeto_de_decreto_legislativo_no_16-2025_-_titulo_de_cidadao_cruzetense_a_sra._benedita_araujo_alves.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/627/projeto_de_decreto_legislativo_no_16-2025_-_titulo_de_cidadao_cruzetense_a_sra._benedita_araujo_alves.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Cruzetense a Sra. BENEDITA ARAÚJO ALVES.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/628/projeto_de_decreto_legislativo_no_17-2025_-_titulo_de_cidadao_cruzetense_a_sra._elizabeth_macedo_costa_santos.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/628/projeto_de_decreto_legislativo_no_17-2025_-_titulo_de_cidadao_cruzetense_a_sra._elizabeth_macedo_costa_santos.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Cruzetense a Sra. ELIZABETH MACEDO COSTA SANTOS.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>Ethel Moraes</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Cruzetense a Sra. IONARA LEONARDO DA COSTA.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/630/projeto_de_decreto_legislativo_no_19-2025_-titulo_de_cidadao_cruzetense_ao_sr._edson_filho.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/630/projeto_de_decreto_legislativo_no_19-2025_-titulo_de_cidadao_cruzetense_ao_sr._edson_filho.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Cruzetense ao Sr. EDSON DANTAS DE ARAÚJO FILHO.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>MAC</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações</t>
   </si>
   <si>
     <t>Requerimento Verbal, solicitando a Mesa ouvido o plenário, com fundamento no artigo 95, parágrafo 2°, inciso VII do Regimento Interno (Resolução n° 38/90), para que seja consignado em ata, Moção de APLAUSOS pela organização da Festa de Nossa Senhora de Fátima, na comunidade Badaruco, e que a referida manifestação seja comunicada ao Pároco Pe. Joaquim  José de Oliveira.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>Requerimento Verbal - Solicitando a Mesa ouvido o plenário, com fundamento no artigo 95, parágrafo 2°, inciso VII do Regimento Interno (Resolução n° 38/90), para que seja consignado em ata, Moção de APLAUSOS aos profissionais da Enfermagem, em reconhecimento essencial, ético e incansável em que se celebra a Semana da Enfermagem. Vale salientar que dia 12 de maio se comemora o dia do Enfermeiro, e dia 20 de maio o dia do Técnico de Enfermagem e Auxiliar de Enfermagem, e que a referida manifestação seja comunicada aos mesmos através de suas referidas instituições.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>Requerimento Verbal - Solicitando a Mesa ouvido o plenário, com fundamento no artigo 95, parágrafo 2°, inciso VII do Regimento Interno (Resolução n° 38/90), para que seja consignado em ata, Moção de APLAUSOS em apoio a PEC 19, que estabelece o Piso Salarial dos profissionais de Enfermagem correspondente a carga horário de 30h semanais e reajuste salarial anual, e  que a referida manifestação seja comunicada ao Presidente da Câmara de Deputados, o Senhor Hugo Motta e, ao Senador Federal, o Senhor David Samuel Alcolumbre Tobelem.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>Requerimento Verbal - Solicitando a Mesa ouvido o plenário, com fundamento no artigo 95, parágrafo 2°, inciso VII do Regimento Interno (Resolução n° 38/90), para que seja consignado em ata, Moção de APLAUSOS a atleta Cruzetense CAUANY STEFANNY SILVA DANTAS que participou do Campeonato Brasileiro de Interclubes – Sub 16, na cidade de Criciúma/SC, representando nosso Estado e nossa cidade de Cruzeta/RN  e  que a referida manifestação seja comunicada a mesma.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>LDO</t>
   </si>
   <si>
     <t>Lei de Diretrizes Orçamentárias</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/577/projeto_de_lei_n_12-2025_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2026_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/577/projeto_de_lei_n_12-2025_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2026_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Leitura Anual</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/474/leitura_anual_2025.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/474/leitura_anual_2025.pdf</t>
   </si>
   <si>
     <t>Leitura da Mensagem Anual do Poder Executivo Municipal 2025</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Comunicação</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/478/comunicacao_n_01-2025__movimento_democratico_brasileiro-_mdb.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/478/comunicacao_n_01-2025__movimento_democratico_brasileiro-_mdb.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscreve, integrantes do Partido Socialista Brasileiro – PSB, nesta Casa, nos termos do artigo 76, do Regimento Interno (Resoluções nº 38/1990) vem comunicar a esta Mesa para os devidos fins, a indicação do Líder Governista, o Senhor Vereador WALFREDO CESINO DE MEDEIROS, no decorrer da 1ª Sessão Legislativa da 18ª Legislatura.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/479/comunicacao_02-2025_partido_da_social_democracia_brasileira_-_psdb.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/479/comunicacao_02-2025_partido_da_social_democracia_brasileira_-_psdb.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscreve, integrantes do Partido da Social Democracia Brasileira – PSDB, nesta Casa, nos termos do artigo 76, do Regimento Interno (Resoluções nº 38/1990) vem comunicar a esta Mesa para os devidos fins, a indicação do Líder Oposicionista, o Senhor Vereador HILDEBERTO DINIZ SILVA NASCIMENTO, no decorrer da 3ª Sessão Legislativa da 18ª Legislatura.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/480/comunicacao_03-2025_partido_da_social_democracia_brasileira_-_psdb.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/480/comunicacao_03-2025_partido_da_social_democracia_brasileira_-_psdb.pdf</t>
   </si>
   <si>
     <t>Tendo em vista o disposto no artigo 48 do Regimento Interno, INDICAMOS os nomes dos Senhores Vereadores: Hildeberto Diniz Silva Nascimento e Patrício Sinderley Araújo de Assis, para serem votados na eleição das Comissões Permanentes para o biênio 2025/2026.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/481/comunicacao_04-2025_movimento_democratico_brasileiro-_mdb.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/481/comunicacao_04-2025_movimento_democratico_brasileiro-_mdb.pdf</t>
   </si>
   <si>
     <t>Tendo em vista o disposto no artigo 48 do Regimento Interno, INDICO os nomes dos Senhores Vereadores: Cypriano Pinheiro Medeiros de Araújo, Itan Lobo de Medeiros, José Ethel Stephan Usando Sales Canuto de Moraes, Kátia Albertina de Araújo e Walfredo Cesino de Medeiros, para serem votados na eleição das Comissões Permanentes para o biênio 2025/2026.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/607/comunicacao_n_05-2025_-_renuncia_do_vereador_hildeberto_diniz_da_lideranca.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/607/comunicacao_n_05-2025_-_renuncia_do_vereador_hildeberto_diniz_da_lideranca.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, integrante do Partido da Social Democracia Brasileira – PSDB, nesta Casa, vem respeitosamente comunicar a Vossa Excelência para os devidos fins, que a partir do dia 14/10/2025, RENUNCIO a Liderança Oposicionista, no decorrer da 1ª Sessão Legislativa da 18ª Legislatura.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/608/comunicacao_n_06-2025-_lider_oposicionista_vereador_patricio_sinderley.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/608/comunicacao_n_06-2025-_lider_oposicionista_vereador_patricio_sinderley.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscreve, integrantes do Partido da Social Democracia Brasileira – PSDB, nesta Casa, nos termos do artigo 76, do Regimento Interno (Resoluções nº 38/1990) vem comunicar a esta Mesa para os devidos fins, a indicação do Líder Oposicionista, o Senhor Vereador PATRÍCIO SINDERLEY ARAÚJO DE ASSIS, em virtude da RENÚNCIA do Senhor Vereador HILDEBERTO DINIZ SILVA NASCIMENTO, no decorrer da 1ª Sessão Legislativa da 18ª Legislatura.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>RQV</t>
   </si>
   <si>
     <t>Requerimentos Verbais</t>
   </si>
   <si>
     <t>Requerimento Verbal, solicitando a Mesa ouvido o plenário, com fundamento no artigo 95, parágrafo 2°, inciso VII do Regimento Interno (Resolução n° 38/90), para que seja consignado em ata, voto de pesar pelo falecimento do Senhor José Araújo Filho, e que a referida manifestação seja comunicada a sua família.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>Requerimento Verbal, solicitando a Mesa ouvido o plenário, com fundamento no artigo 95, parágrafo 2°, inciso VII do Regimento Interno (Resolução n° 38/90), para que seja consignado em ata, voto de pesar pelo falecimento do Senhor José Amarildo da Silva, e que a referida manifestação seja comunicada a sua família.</t>
   </si>
   <si>
     <t>505</t>
   </si>
@@ -1830,120 +1830,120 @@
   <si>
     <t>Solicitando a Mesa ouvido o plenário, com fundamento no artigo 95, parágrafo 2°, inciso VII do Regimento Interno (Resolução n° 38/90), para que seja consignado em ata, Voto de PESAR pelo falecimento do Senhor Severino Guedes, e que a referida manifestação seja comunicada a sua família.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>Solicitando a Mesa ouvido o plenário, com fundamento no artigo 95, parágrafo 2°, inciso VII do Regimento Interno (Resolução n° 38/90), para que seja consignado em ata, Voto de Pesar pelo falecimento de Julyanna Allane Santos de Medeiros e Maria da Guia, e que a referida manifestação seja comunicada as suas famílias.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>Solicitando a Mesa ouvido o plenário, com fundamento no artigo 95, parágrafo 2°, inciso VII do Regimento Interno (Resolução n° 38/90), para que seja consignado em ata, Moção de APLAUSOS, aos idealizadores e artistas da terra que entregaram o trabalho de excelência do projeto da decoração da Magia do Natal, e que a referida manifestação seja comunicada aos responsáveis.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>EMI</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/635/emenda_impositiva_n_01-2025_-_ariluzia_sasnara.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/635/emenda_impositiva_n_01-2025_-_ariluzia_sasnara.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA N° 01/2025 ao Projeto de Lei  n° 15/2025, que estima a receita e fixa a despesa para o exercício de 2026.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA N° 02/2025 ao Projeto de Lei  n° 15/2025, que estima a receita e fixa a despesa para o exercício de 2026.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/637/emenda_impositiva_n_03-2025_-itan_lobo.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/637/emenda_impositiva_n_03-2025_-itan_lobo.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA N° 03/2025 ao Projeto de Lei  n° 15/2025, que estima a receita e fixa a despesa para o exercício de 2026.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/638/emenda_impositiva_n_04-2025_-walfredo_cesino.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/638/emenda_impositiva_n_04-2025_-walfredo_cesino.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA N° 04/2025 ao Projeto de Lei  n° 15/2025, que estima a receita e fixa a despesa para o exercício de 2026.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/639/emenda_impositiva_n_05-2025_-patricio_sinderley.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/639/emenda_impositiva_n_05-2025_-patricio_sinderley.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA N° 05/2025 ao Projeto de Lei  n° 15/2025, que estima a receita e fixa a despesa para o exercício de 2026.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/640/emenda_impositiva_n_06-2025_-cypriano_pinheiro.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/640/emenda_impositiva_n_06-2025_-cypriano_pinheiro.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA N° 06/2025 ao Projeto de Lei  n° 15/2025, que estima a receita e fixa a despesa para o exercício de 2026.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/641/emenda_impositiva_n_07-2025_-_katia_albertina.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/641/emenda_impositiva_n_07-2025_-_katia_albertina.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA N° 07/2025 ao Projeto de Lei  n° 15/2025, que estima a receita e fixa a despesa para o exercício de 2026.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/642/emenda_impositiva_n_08-2025_-jose_ethel.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/642/emenda_impositiva_n_08-2025_-jose_ethel.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA N° 08/2025 ao Projeto de Lei  n° 15/2025, que estima a receita e fixa a despesa para o exercício de 2026.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/643/emenda_impositiva_n_09-2025_-gabriella_laisy.pdf</t>
+    <t>http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/643/emenda_impositiva_n_09-2025_-gabriella_laisy.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA N° 09/2025 ao Projeto de Lei  n° 15/2025, que estima a receita e fixa a despesa para o exercício de 2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2250,51 +2250,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/475/projeto_de_lei_no__01-2025__aumento_salarial_demais_servidores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/477/projeto_de_lei_02-2025_-_abertura_de_credito_especial_-_aquisicao_de_imovel_-_cruzeta_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/489/projeto_de_lei_n_03-2025_-_dispoe_sobre_a_alteracao_do_nome_da_guarda_municipal_para_policia_municipal_e_da_outras_providencias..docx.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/490/projeto_de_lei_n_04-2025_-_dispoe_sobre_a_criacao_de_cargo_publico_de_provimento_em_comissao_do_quadro_de_pessoal_da_prefeitura_de_cruzeta-rn_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/492/projeto_de_lei_n_05-2025_-_mesa_diretora_-_dispoe_sobre_o_reajuste_dos_vencimentos_dos_servidores_da_camara_municipal_de_cruzeta-rn_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/502/projeto_de_lei_n_06-2025_-_dispoe_sobre_o_tratamento_diferenciado_favorecido_regionalizado_e_simplificado_as_microempresas_me....pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/503/projeto_de_lei_n_07-2025-_aquisicao_-_sede_do_cruzetaprev_-_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/504/projeto_de_lei_n_08-2025_-_credito_especial_crianca_feliz.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei_n_09-2025_-_dispoe_sobre_o_sistema_unico_de_assistencia_social_-_suas_do_municipio_de_cruzeta-rn_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/548/projeto_de_lei_10-205_-_adequacao_subsidio_presidente.docx.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/576/projeto_de_lei_n_11-2025-__ppa_2026-2029_-dispoe_sobre_o_plano_plurianual_para_o_periodo_de_2026_a_2029..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/588/projeto_de_lei_n_13-2025_-_altera_as_aliquotas_de_contribuicao_do_rpps.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/595/projeto_de_lei_n_14-2025_-_dispoe_sobre_a_gratuidade_no_acesso_de_criancas_atipicas_com_quaisquer_tipos_de_deficiencia_em_parques_de_diversoes_instalados_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/599/projeto_de_lei_n_15-2025_-_loa_2026_e_anexos_2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/600/projeto_de_lei_n_16-2025-_projeto_de_lei_institui_a_loteria_municipal_no_ambito_do_municipio_de_cruzeta-rn_lotocruzeta.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/631/reconhece_de_utilidade_publica_pescadores1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_lei_n_19-2025_pl_alienacao_bens_moveis_leilao_cruzeta_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/650/projeto_de_lei_n_20-2025_-_pl_alteracao_lei_1239_reabertura_prazo_e_supressao_limite_cruzeta_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/657/projeto_de_lei_n_21-2025_-_extingue_o_cargo_em_comissao_de_coordenador_de_contabilidade.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/658/projeto_de_lei_n_22-2025_-_convenio_com_a_liga_norte_riograndense_contra_o_cancer_para_prestacao_de_servicos_de_atendimento_na_area_de_prevencao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_no23-2025_-_revoga_a_lei_municipal_no_794_de_2002_em_cumprimento_a_decisao_judicial_proferida_na_acao_direta_de_inconstitucionalidade.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/666/projeto_de_lei_n_24-2025_-_institui_o_programa_municipal_de_incentivo_financeiro_educacional_na_modalidade_da_educacao_de_jovens_e_adultos__eja..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/667/projeto_de_lei_n_25-2025_-_institui_taxas_de_licenciamento_decorrentes_do_exercicio_do_poder_de_policia_do_municipio_de.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/669/projeto_de_lei_n26-2025_-_creditos_especial_construcao_de_creche.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/670/projeto_de_lei_n_27-2025_-_projeto_lei_rateio_fundeb_cruzeta_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/671/projeto_de_lei_n_28-2025_-_credito_especial_excesso_de_arredacao_vaat_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_lei_complementar_no_01-2025_-_piso_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/491/rojeto_de_lei_complementar__n_02-2025_-_institui_o_programa_de_parcelamento_incentivado_-_ppi.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/656/projeto_de_lei_complementar_n03-2025_-_criar_a_subcoordenacao_de_almoxarifado_e_abastecimento_alimentar_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n_01-2025_-_walfredo_cesino_de_medeiros-solicitando_a_nomeacao_da_rua_atualmente_sem_denominacao_localizada_nas_proximidades_do_acude_da_pitombeira_mais_precisamente_da_oficina.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n_02-2025_-_cypriano_pinheiro_-_solicitando_o_trator_para_o_corte_de_terras_como_tambem_a_distribuicao_de_sementes_para_o_plantio_na_zona_rural_do_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n_03-2025_-_cypriano_pinheiro_-_solicitando_do_mesmo_a_patrol_do_municipio_para_restaurar_as_estradas_da_zona_rural_nos_locais_mais_criticos_que_dao_acesso_a_este_municipio..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n_04-2025_-_itan_lobo_-_lsolicitando_que_seja_implantado_na_rede_de_ensino_municipal_o_projeto_bombeiro_mirim..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n_05-2025_-_itan_lobo_-_solicitando_a_construcao_de_um_canil_em_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n_06-2025_-_itan__lobo_-_solicitando_que_sejam_tomadas_as_devidas_providencias_em_relacao_as_motos_que_possuem_escapamento_esportivo..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n_07-2025_-_itan_lobo_-_solicitando_a_implantacao_de_faixas_de_pedestres_nas_proximidades_das_escolas_municipais..docx.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_n_08-2025-_itan_lobo_-_para_que_sejam_construidas_duas_passagens_molhadas_no_sitio_salgado..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_n_09-2025_-_katia_albertina_-_solicitando_a_abertura_dos_postos_de_saude_na_zona_rural_para_que_sejam_realizados_atendimentos_medicos..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_n_10-2025-_ariluzia_sasnara_-_especializado_em_reabilitacao_especificamente_para_pessoas_com_deficiencia_com_profissionais_especializados_que_atendam_seus_anseios_e_necessidades..pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_n_11-2025_-_gabriella_layse_-_com_copia_as_secretarias_de_saude_e_de_assistencia_social_solicitando_que_seja_viabilizada_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/500/requeirmento_n_12-2025_-_itan_lobo_-_solicitando_que_seja_realizada_uma_analise_de_reparo_na_parede_do_acude_do_municipio_de_cruzeta..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_n_13-2025-_gabriella_layse_-solicitando_a_atencao_e_o_apoio_necessario_para_a_realizacao_de_melhorias_na_praca_de_alimentacao_atualmente_localizada_ao_lado_da_guarda_municipal...pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_n_14-2025_-_bebeto_e_patricio_-_solicitando_a_continuidade_das_atividades_das_escolinhas_de_volei_e_futsal_no_municipio_de_cruzeta_e_dentro_das_possibilidades_orcamentarias...docx.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/512/requerimento_n_15-2025-_ariluzia_-_solicitando_que_seja_visto_a_possibilidade_da_criacao_do_caee.docx.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_n_16-2025-_cypriano_pinhieiro_-_solicitando_restauracao_das_pontes_do_rio_salgado_e_quimporo.docx.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/514/requerimento_n_17-2025-_cypriano_pinheiro_-_solicitando_que_um_veterinario_realize_atendimentos_na_zona_rural_do_municipio_de_cruzeta-rn..pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/515/requerimento_n_18-2025-_itan_lobo_-_solicitando_a_construcao_de_uma_academia_da_saude_na_ciclovia_jose_pereira_da_silva..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/519/requeirmento_n_19-2025-_patricio_sisnderley_-_solicitando_a_aquisicao_de_um_aparelho_de_fototerapia_neonatal_equipamento_essencial_para_o_tratamento_eficaz_da_ictericia_em_recem-nascidos..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_n_20-2025_-_patricio_sinderley_-_solicitando_seja_adicionado_aterro_no_caminho_do_sitio_fechado_no_local_conhecido_como_passagem_da_lagoa..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_n_22-2025_-_walfredo_cesino_-_solicitando_a_disponibilizacao_de_uma_maquina_perfuratriz_em_parceria_com_a_amso__associacao_dos_municipios_do_sudoeste_do_estado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/526/requerimento_n_23-2025_-_itan_lobo_-solicitando_a_construcao_de_duas_areninhas_esportiva_de_volei_de_praia_e_futevolei_no_terreno_ao_lado_do_ginasio_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/536/requerimento_no_24-2025-_patricio_sinderley.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/537/requerimento_n_25-2025_-_gabriella_laisy_-_solicitando_a_implantacao_de_uma_2a_equipe_multiprofissional_emulti_e_de_uma_3a_equipe_de_atencao_basica_na_zona_urbana_do_municipio_de_cruzeta-rn..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/540/requerimento_n_26-2025_-_ariluzia_sasnara_-_solicitando_a_instalacao_de_pontos_de_coleta_para_medicamentos_vencidos_em_unidades_de_saude_farmacias_municipais..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/543/requerimento__n_27-2025_-_itan_lobo_de_medeiros-_emenda_de_banca_parlamentar_para_reducao_de_filas_de_espera_na_saude.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/549/requerimento_n_28-2025_-_walfredo_cesino_-_para_que_o_projeto_de_lei_10-2025_da_mesa_diretora_tenha_tramitacao_em_regime_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/551/requerimento_n_29-2025_-_solicitando_a_viabilizacao_de_exames_de_endoscopia_no_municipio_com_a_contratacao_de_profissionais_capacitados_especializados_e_com_formacao.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento_n_30-2025_-_walfredo_cesino_-_solicitando_a_construcao_de_uma_passarela_sobre_a_ponte_do_alto_dos_remedios..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/553/requerimento_n_31-2025_-_patricio_sinderley_-_solicitando_que_a_empresa_contratada_para_construcao_dos_mata_burros_da_zona_rural_seja_notificada.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/554/requerimento_n_32-2025-_patricio_sinderley_-_solicitando_ao_poder_executivo_a_realizacao_de_prestacao_de_contas_e_a_apresentacao_da_previsao_de_conclusao_da_ampliacao_do_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/555/requerimento_n_33-2025_-_gabriella_laisy_-_solicitando_a_designacao_de_vigilantes_para_as_escolas_e_unidades_de_saude_da_rede_publica_municipal_como_medida_preventiva..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/561/requerimento_n_34-2025_-_ariluzia_sasnara__solicitando_a_implantacao_de_areas_verdes_como_por_exemplo_hortas_sustentaveis_com_plantas_...pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/562/requerimento_n_35-2025_-__ariluzia_sasnara_-_solicitando_a_aquisicao_de_materiais_e_equipamentos_com_o_objetivo_de_melhorar_as_atividades_desenvolvidas_na_academia_da_saude.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/563/requerimento_n_36-2025-_ariluzia_sasnara_-_solicitando_a_implantacao_da_sala_da_mulher_no_creas__centro_de_referencia_especializado_de_assistencia_social_deste_municipio..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/564/requerimento_n_37-2025_-patricio_sinderley_-_solicitando_que_seja_realizado_por_parte_do_executivo_um_concurso_publico...pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/565/requerimento_n_38-2025-_gabriella_laisy_-__solicitando_que_nas_festividades_promovidas_pelo_municipio_sejam_asseguradas_medidas_de_acessibilidade_e_inclusao_...pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/578/requerimento_n_39-2025-_bebeto_diniz-__a_prestacao_de_contas_detalhada_do_leilao_de_bens_imoveis_notadamente_terrenos_realizado_no_ultimo_dia_22_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/579/requerimento_n_40-2025_-_bebeto_diniz-_requerendo_que_encaminhe_a_esta_casa_legislativa_no_prazo_legal_os_devidos_esclarecimentos_acerca_do_nao_pagamento_das_emendas_impositivas_..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/582/requerimento_n_41-2025_-_katia_albertina_-_solicitando_a_construcao_de_uma_passagem_molhada_no_riacho_da_barra_localizado_no_sitio_riacho_da_barra_proximo_ao_finado_ze_rodrigues..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/583/requerimento_n_42-2025_-_katia_albertina_-_solicitando_a_construcao_de_uma_passagem_molhada_no_riacho_das_lajes_localizada_no_sitio_riacho_das_lajes_proximo_a_ze_maria..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/584/requerimento_n_43-2025_-_ariluzia_sasnara_-__solicitando_que_seja_providenciado_um_ponto_de_iluminacao_publica_na_rua_ao_lado_do_clube_municipal_proximo_ao_parque_infantil_...pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/585/requerimento_n_44-2025_-_ariluzia_sasnara_-__solicitando_que_seja_providenciado_a_implantacao_de_um_brecho_social_no_cras.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/586/requerimento_n_45-2025_-_ariluzia_sasnara_-_solicitando_um_convenio_com_a_associacao_aspoarc__associacao_dos_produtores_artesanais_de_cruzeta..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/587/requerimento_n_46-2025_-_itan_lobo_-__bem_como_as_superintendencias_da_codevasf_e_da_funasa_solicitando_a_perfuracao_de_pocos_tubulares.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/594/requerimento_n_47-2025_-_walfredo_cesino_-_para_que_o_projeto_de_lei_13-2025_do_poder_executivo_tenha_tramitacao_em_regime_de_urgencia_de_acordo_com_os_disp.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/597/requerimento_n_48-2025_-_itan_lobo-_solicitando_do_presidente_do_senar_cursos_profissionalizantes_na_area_de_culinaria_e_beneficiamento_do_pescado_para_os_pescadores_...pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/598/requerimento_n_49-2025_-_gabriella_laisy_-_solicitando_a_implantacao_de_um_centro_de_apoio_e_atendimento_multiprofissional_as_mulheres_com_endometriose_no_municipio_de_cruzeta-rn..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/602/requerimento_n50-2025_-_walfredo_cesino_-_para_que_o_projeto_de_lei_17-2025_do_poder_executivo_tenha_tramitacao_em_regime_de_urgencia..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/603/requerimento_n_51-2025-_itan_lobo_-_solicitando_a_construcao_de_um_abatedouro_municipal..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/632/requerimento_n_52_-_gabriella_laisy_-_pavimentacao_em_paralelepipedo_e_a_revitalizacao_do_reservatorio_dagua_na_zona_rural_especialmente_no_perimetro_irrigado_ii..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/644/requerimento_n_53-2025_-_ariluzia_sasnara_-_convocacao_do__prefeito_municipal_de_cruzeta_para_comparecer_a_esta_casa_legislativa_em_dia_e_hora_a_serem_defin.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/651/requerimento_n_54-2025_-_gabriella_laisy_-_poste_de_iluminacao_publica_no_bairro_alto_dos_remedios_nas_proximidades_da_residencia_do_sr._ulisses.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/652/requerimento_n_55-2025_-_patricio_sinderley_-_implementacao_de_2_faixas_de_pedestres_nas_duas_entradas_do_alto_dos_remedios_2_redutores_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/653/requerimento_n_56-2025_-_cypriano_pinheiro_-_implementacao_de_1_redutor_de_velocidade_quebra-mola_no_portico_da_entrada_de_cruzeta-acari..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_n_57-2025_-_walfredo_cesino_-projeto_de_lei_19.2025_regime_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_n_58-2025_-_walfredo_cesino.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/668/requerimento_n_59-2025_-_gabriella_laisy_-_projeto_de_lei_25-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/672/requerimento_n_60-2025_-_ariluzia_sasnara.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/516/projeto_de_resolun_01-2025_-_mesa_diretora_-_cria_no_ambito_municipal_o_parlamento_jovem_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/527/emenda_a_lei_organica_n_01-2025_-_altera_a_lei_organica_do_municipio_de_cruzeta-rn_para_incluir__o_art._119-a.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_n_01-2025_-_itan_lobo_de_medeiros_-_nomear_ruas.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/501/indicacao_n_02-2025_-_itan_lobo_de_medeiros_-_solicitando_que_seja_colocado_quebra-molas_nas_seguintes_ruas_do_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/538/indicacao_n_03-2025_-_gabriella_laisy_-_solicitando_que_encaminhe_a_esta_camara_projeto_de_lei_que_institua_o_programa_municipal_de_incentivo_ao_esporte_e_lazer__bolsa_atleta.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/571/indicacao_n_04-2025_-_gabriella_laisy_-_solicitando_que_encaminhe_a_esta_casa_legislativa_o_projeto_de_lei_assegurando_as_criancas_diagnosticadas_com_transtorno_do_espectro_autista.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_n_05-2025_-_ariluzia_sasnara_-_solicitando_a_titulo_de_sugestao_a_denominacao_de_ruas_eou_predios_publicos_com_os_nomes_do_casal_sr._antonio_geraldo_de_almeida_e_a_sra_jo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/655/indicacao_n_06-2025_-_patricio_sinderley_-_gestao_se_sensibilize_e_arque_com_as_despesas_totais_ou_parciais_de_reforma_do_quiosque_publico_localizado_na_praca_dr._silvio_bezerra_de_melo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/606/projeto_de_decreto_legislativo_no_01-2025_-_contas_anuais_joaquim_jose_de_medeiros_-_2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/610/projeto_de_decreto_legislativo_no_02-_2025_-_titulo_de_cidadao_cruzetense_a_sra._vitoria_dantas.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/611/projeto_de_decreto_legislativo_no_03-_2025_-_titulo_de_cidadao_cruzetense_ao_sr._euripedes_araujo_costa_junior.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/612/projeto_de_decreto_legislativo_no_04-2025_-_titulo_de_cidadao_cruzetense_a_sra._julia_ferreira_lopes_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/613/projeto_de_decreto_legislativo_no_05-_2025_-_titulo_de_cidadao_cruzetense_ao_sr._victor_fabricio_alexandre_sales.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/614/projeto_de_decreto_legislativo_no_06-2025_-_titulo_de_cidadao_cruzetense_ao_sr._cicero_damiao_felix_aciole.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/615/projeto_de_decreto_legislativo_no_07-_2025_-_titulo_de_cidadao_cruzetense_ao_sr._roberth_batista_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/616/projeto_de_decreto_legislativo_no_08-2025_-_titulo_de_cidadao_cruzetense_ao_sr._marcos_george_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/617/projeto_de_decreto_legislativo_no_09-2025_-_titulo_de_cidadao_cruzetense_ao_sr._roberto_carlos_cavalcante_ferreira.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/618/projeto_de_decreto_legislativo_no_10-2025_-__titulo_de_cidadao_cruzetense_a_sra._mikaelly_fernanda_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/619/projeto_de_decreto_legislativo_no_11-2025_-_titulo_de_cidadao_cruzetense_a_sra._edna_fernandes_da_nobrega_medeiros.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/620/projeto_de_decreto_legislativo_no_12-2025_-_titulo_de_cidadao_cruzetense_ao_sr._marcelo_araujo_de_assis.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/621/projeto_de_decreto_legislativo_no_13-2025_-_titulo_de_cidadao_cruzetense_a_sra._sonia_maria_de_medeiros_silva.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/625/projeto_de_decreto_legislativo_no_14-2025_-_titulo_de_cidadao_cruzetense_ao_sr._cicero_diniz_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/627/projeto_de_decreto_legislativo_no_16-2025_-_titulo_de_cidadao_cruzetense_a_sra._benedita_araujo_alves.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/628/projeto_de_decreto_legislativo_no_17-2025_-_titulo_de_cidadao_cruzetense_a_sra._elizabeth_macedo_costa_santos.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/630/projeto_de_decreto_legislativo_no_19-2025_-titulo_de_cidadao_cruzetense_ao_sr._edson_filho.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/577/projeto_de_lei_n_12-2025_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2026_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/474/leitura_anual_2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/478/comunicacao_n_01-2025__movimento_democratico_brasileiro-_mdb.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/479/comunicacao_02-2025_partido_da_social_democracia_brasileira_-_psdb.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/480/comunicacao_03-2025_partido_da_social_democracia_brasileira_-_psdb.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/481/comunicacao_04-2025_movimento_democratico_brasileiro-_mdb.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/607/comunicacao_n_05-2025_-_renuncia_do_vereador_hildeberto_diniz_da_lideranca.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/608/comunicacao_n_06-2025-_lider_oposicionista_vereador_patricio_sinderley.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/635/emenda_impositiva_n_01-2025_-_ariluzia_sasnara.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/637/emenda_impositiva_n_03-2025_-itan_lobo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/638/emenda_impositiva_n_04-2025_-walfredo_cesino.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/639/emenda_impositiva_n_05-2025_-patricio_sinderley.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/640/emenda_impositiva_n_06-2025_-cypriano_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/641/emenda_impositiva_n_07-2025_-_katia_albertina.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/642/emenda_impositiva_n_08-2025_-jose_ethel.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/643/emenda_impositiva_n_09-2025_-gabriella_laisy.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/475/projeto_de_lei_no__01-2025__aumento_salarial_demais_servidores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/477/projeto_de_lei_02-2025_-_abertura_de_credito_especial_-_aquisicao_de_imovel_-_cruzeta_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/489/projeto_de_lei_n_03-2025_-_dispoe_sobre_a_alteracao_do_nome_da_guarda_municipal_para_policia_municipal_e_da_outras_providencias..docx.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/490/projeto_de_lei_n_04-2025_-_dispoe_sobre_a_criacao_de_cargo_publico_de_provimento_em_comissao_do_quadro_de_pessoal_da_prefeitura_de_cruzeta-rn_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/492/projeto_de_lei_n_05-2025_-_mesa_diretora_-_dispoe_sobre_o_reajuste_dos_vencimentos_dos_servidores_da_camara_municipal_de_cruzeta-rn_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/502/projeto_de_lei_n_06-2025_-_dispoe_sobre_o_tratamento_diferenciado_favorecido_regionalizado_e_simplificado_as_microempresas_me....pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/503/projeto_de_lei_n_07-2025-_aquisicao_-_sede_do_cruzetaprev_-_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/504/projeto_de_lei_n_08-2025_-_credito_especial_crianca_feliz.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei_n_09-2025_-_dispoe_sobre_o_sistema_unico_de_assistencia_social_-_suas_do_municipio_de_cruzeta-rn_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/548/projeto_de_lei_10-205_-_adequacao_subsidio_presidente.docx.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/576/projeto_de_lei_n_11-2025-__ppa_2026-2029_-dispoe_sobre_o_plano_plurianual_para_o_periodo_de_2026_a_2029..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/588/projeto_de_lei_n_13-2025_-_altera_as_aliquotas_de_contribuicao_do_rpps.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/595/projeto_de_lei_n_14-2025_-_dispoe_sobre_a_gratuidade_no_acesso_de_criancas_atipicas_com_quaisquer_tipos_de_deficiencia_em_parques_de_diversoes_instalados_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/599/projeto_de_lei_n_15-2025_-_loa_2026_e_anexos_2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/600/projeto_de_lei_n_16-2025-_projeto_de_lei_institui_a_loteria_municipal_no_ambito_do_municipio_de_cruzeta-rn_lotocruzeta.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/631/reconhece_de_utilidade_publica_pescadores1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_lei_n_19-2025_pl_alienacao_bens_moveis_leilao_cruzeta_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/650/projeto_de_lei_n_20-2025_-_pl_alteracao_lei_1239_reabertura_prazo_e_supressao_limite_cruzeta_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/657/projeto_de_lei_n_21-2025_-_extingue_o_cargo_em_comissao_de_coordenador_de_contabilidade.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/658/projeto_de_lei_n_22-2025_-_convenio_com_a_liga_norte_riograndense_contra_o_cancer_para_prestacao_de_servicos_de_atendimento_na_area_de_prevencao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_no23-2025_-_revoga_a_lei_municipal_no_794_de_2002_em_cumprimento_a_decisao_judicial_proferida_na_acao_direta_de_inconstitucionalidade.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/666/projeto_de_lei_n_24-2025_-_institui_o_programa_municipal_de_incentivo_financeiro_educacional_na_modalidade_da_educacao_de_jovens_e_adultos__eja..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/667/projeto_de_lei_n_25-2025_-_institui_taxas_de_licenciamento_decorrentes_do_exercicio_do_poder_de_policia_do_municipio_de.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/669/projeto_de_lei_n26-2025_-_creditos_especial_construcao_de_creche.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/670/projeto_de_lei_n_27-2025_-_projeto_lei_rateio_fundeb_cruzeta_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/671/projeto_de_lei_n_28-2025_-_credito_especial_excesso_de_arredacao_vaat_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_lei_complementar_no_01-2025_-_piso_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/491/rojeto_de_lei_complementar__n_02-2025_-_institui_o_programa_de_parcelamento_incentivado_-_ppi.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/656/projeto_de_lei_complementar_n03-2025_-_criar_a_subcoordenacao_de_almoxarifado_e_abastecimento_alimentar_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n_01-2025_-_walfredo_cesino_de_medeiros-solicitando_a_nomeacao_da_rua_atualmente_sem_denominacao_localizada_nas_proximidades_do_acude_da_pitombeira_mais_precisamente_da_oficina.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n_02-2025_-_cypriano_pinheiro_-_solicitando_o_trator_para_o_corte_de_terras_como_tambem_a_distribuicao_de_sementes_para_o_plantio_na_zona_rural_do_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n_03-2025_-_cypriano_pinheiro_-_solicitando_do_mesmo_a_patrol_do_municipio_para_restaurar_as_estradas_da_zona_rural_nos_locais_mais_criticos_que_dao_acesso_a_este_municipio..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n_04-2025_-_itan_lobo_-_lsolicitando_que_seja_implantado_na_rede_de_ensino_municipal_o_projeto_bombeiro_mirim..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n_05-2025_-_itan_lobo_-_solicitando_a_construcao_de_um_canil_em_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n_06-2025_-_itan__lobo_-_solicitando_que_sejam_tomadas_as_devidas_providencias_em_relacao_as_motos_que_possuem_escapamento_esportivo..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n_07-2025_-_itan_lobo_-_solicitando_a_implantacao_de_faixas_de_pedestres_nas_proximidades_das_escolas_municipais..docx.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_n_08-2025-_itan_lobo_-_para_que_sejam_construidas_duas_passagens_molhadas_no_sitio_salgado..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_n_09-2025_-_katia_albertina_-_solicitando_a_abertura_dos_postos_de_saude_na_zona_rural_para_que_sejam_realizados_atendimentos_medicos..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_n_10-2025-_ariluzia_sasnara_-_especializado_em_reabilitacao_especificamente_para_pessoas_com_deficiencia_com_profissionais_especializados_que_atendam_seus_anseios_e_necessidades..pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_n_11-2025_-_gabriella_layse_-_com_copia_as_secretarias_de_saude_e_de_assistencia_social_solicitando_que_seja_viabilizada_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/500/requeirmento_n_12-2025_-_itan_lobo_-_solicitando_que_seja_realizada_uma_analise_de_reparo_na_parede_do_acude_do_municipio_de_cruzeta..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_n_13-2025-_gabriella_layse_-solicitando_a_atencao_e_o_apoio_necessario_para_a_realizacao_de_melhorias_na_praca_de_alimentacao_atualmente_localizada_ao_lado_da_guarda_municipal...pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_n_14-2025_-_bebeto_e_patricio_-_solicitando_a_continuidade_das_atividades_das_escolinhas_de_volei_e_futsal_no_municipio_de_cruzeta_e_dentro_das_possibilidades_orcamentarias...docx.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/512/requerimento_n_15-2025-_ariluzia_-_solicitando_que_seja_visto_a_possibilidade_da_criacao_do_caee.docx.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_n_16-2025-_cypriano_pinhieiro_-_solicitando_restauracao_das_pontes_do_rio_salgado_e_quimporo.docx.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/514/requerimento_n_17-2025-_cypriano_pinheiro_-_solicitando_que_um_veterinario_realize_atendimentos_na_zona_rural_do_municipio_de_cruzeta-rn..pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/515/requerimento_n_18-2025-_itan_lobo_-_solicitando_a_construcao_de_uma_academia_da_saude_na_ciclovia_jose_pereira_da_silva..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/519/requeirmento_n_19-2025-_patricio_sisnderley_-_solicitando_a_aquisicao_de_um_aparelho_de_fototerapia_neonatal_equipamento_essencial_para_o_tratamento_eficaz_da_ictericia_em_recem-nascidos..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_n_20-2025_-_patricio_sinderley_-_solicitando_seja_adicionado_aterro_no_caminho_do_sitio_fechado_no_local_conhecido_como_passagem_da_lagoa..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_n_22-2025_-_walfredo_cesino_-_solicitando_a_disponibilizacao_de_uma_maquina_perfuratriz_em_parceria_com_a_amso__associacao_dos_municipios_do_sudoeste_do_estado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/526/requerimento_n_23-2025_-_itan_lobo_-solicitando_a_construcao_de_duas_areninhas_esportiva_de_volei_de_praia_e_futevolei_no_terreno_ao_lado_do_ginasio_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/536/requerimento_no_24-2025-_patricio_sinderley.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/537/requerimento_n_25-2025_-_gabriella_laisy_-_solicitando_a_implantacao_de_uma_2a_equipe_multiprofissional_emulti_e_de_uma_3a_equipe_de_atencao_basica_na_zona_urbana_do_municipio_de_cruzeta-rn..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/540/requerimento_n_26-2025_-_ariluzia_sasnara_-_solicitando_a_instalacao_de_pontos_de_coleta_para_medicamentos_vencidos_em_unidades_de_saude_farmacias_municipais..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/543/requerimento__n_27-2025_-_itan_lobo_de_medeiros-_emenda_de_banca_parlamentar_para_reducao_de_filas_de_espera_na_saude.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/549/requerimento_n_28-2025_-_walfredo_cesino_-_para_que_o_projeto_de_lei_10-2025_da_mesa_diretora_tenha_tramitacao_em_regime_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/551/requerimento_n_29-2025_-_solicitando_a_viabilizacao_de_exames_de_endoscopia_no_municipio_com_a_contratacao_de_profissionais_capacitados_especializados_e_com_formacao.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento_n_30-2025_-_walfredo_cesino_-_solicitando_a_construcao_de_uma_passarela_sobre_a_ponte_do_alto_dos_remedios..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/553/requerimento_n_31-2025_-_patricio_sinderley_-_solicitando_que_a_empresa_contratada_para_construcao_dos_mata_burros_da_zona_rural_seja_notificada.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/554/requerimento_n_32-2025-_patricio_sinderley_-_solicitando_ao_poder_executivo_a_realizacao_de_prestacao_de_contas_e_a_apresentacao_da_previsao_de_conclusao_da_ampliacao_do_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/555/requerimento_n_33-2025_-_gabriella_laisy_-_solicitando_a_designacao_de_vigilantes_para_as_escolas_e_unidades_de_saude_da_rede_publica_municipal_como_medida_preventiva..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/561/requerimento_n_34-2025_-_ariluzia_sasnara__solicitando_a_implantacao_de_areas_verdes_como_por_exemplo_hortas_sustentaveis_com_plantas_...pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/562/requerimento_n_35-2025_-__ariluzia_sasnara_-_solicitando_a_aquisicao_de_materiais_e_equipamentos_com_o_objetivo_de_melhorar_as_atividades_desenvolvidas_na_academia_da_saude.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/563/requerimento_n_36-2025-_ariluzia_sasnara_-_solicitando_a_implantacao_da_sala_da_mulher_no_creas__centro_de_referencia_especializado_de_assistencia_social_deste_municipio..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/564/requerimento_n_37-2025_-patricio_sinderley_-_solicitando_que_seja_realizado_por_parte_do_executivo_um_concurso_publico...pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/565/requerimento_n_38-2025-_gabriella_laisy_-__solicitando_que_nas_festividades_promovidas_pelo_municipio_sejam_asseguradas_medidas_de_acessibilidade_e_inclusao_...pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/578/requerimento_n_39-2025-_bebeto_diniz-__a_prestacao_de_contas_detalhada_do_leilao_de_bens_imoveis_notadamente_terrenos_realizado_no_ultimo_dia_22_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/579/requerimento_n_40-2025_-_bebeto_diniz-_requerendo_que_encaminhe_a_esta_casa_legislativa_no_prazo_legal_os_devidos_esclarecimentos_acerca_do_nao_pagamento_das_emendas_impositivas_..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/582/requerimento_n_41-2025_-_katia_albertina_-_solicitando_a_construcao_de_uma_passagem_molhada_no_riacho_da_barra_localizado_no_sitio_riacho_da_barra_proximo_ao_finado_ze_rodrigues..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/583/requerimento_n_42-2025_-_katia_albertina_-_solicitando_a_construcao_de_uma_passagem_molhada_no_riacho_das_lajes_localizada_no_sitio_riacho_das_lajes_proximo_a_ze_maria..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/584/requerimento_n_43-2025_-_ariluzia_sasnara_-__solicitando_que_seja_providenciado_um_ponto_de_iluminacao_publica_na_rua_ao_lado_do_clube_municipal_proximo_ao_parque_infantil_...pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/585/requerimento_n_44-2025_-_ariluzia_sasnara_-__solicitando_que_seja_providenciado_a_implantacao_de_um_brecho_social_no_cras.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/586/requerimento_n_45-2025_-_ariluzia_sasnara_-_solicitando_um_convenio_com_a_associacao_aspoarc__associacao_dos_produtores_artesanais_de_cruzeta..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/587/requerimento_n_46-2025_-_itan_lobo_-__bem_como_as_superintendencias_da_codevasf_e_da_funasa_solicitando_a_perfuracao_de_pocos_tubulares.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/594/requerimento_n_47-2025_-_walfredo_cesino_-_para_que_o_projeto_de_lei_13-2025_do_poder_executivo_tenha_tramitacao_em_regime_de_urgencia_de_acordo_com_os_disp.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/597/requerimento_n_48-2025_-_itan_lobo-_solicitando_do_presidente_do_senar_cursos_profissionalizantes_na_area_de_culinaria_e_beneficiamento_do_pescado_para_os_pescadores_...pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/598/requerimento_n_49-2025_-_gabriella_laisy_-_solicitando_a_implantacao_de_um_centro_de_apoio_e_atendimento_multiprofissional_as_mulheres_com_endometriose_no_municipio_de_cruzeta-rn..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/602/requerimento_n50-2025_-_walfredo_cesino_-_para_que_o_projeto_de_lei_17-2025_do_poder_executivo_tenha_tramitacao_em_regime_de_urgencia..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/603/requerimento_n_51-2025-_itan_lobo_-_solicitando_a_construcao_de_um_abatedouro_municipal..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/632/requerimento_n_52_-_gabriella_laisy_-_pavimentacao_em_paralelepipedo_e_a_revitalizacao_do_reservatorio_dagua_na_zona_rural_especialmente_no_perimetro_irrigado_ii..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/644/requerimento_n_53-2025_-_ariluzia_sasnara_-_convocacao_do__prefeito_municipal_de_cruzeta_para_comparecer_a_esta_casa_legislativa_em_dia_e_hora_a_serem_defin.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/651/requerimento_n_54-2025_-_gabriella_laisy_-_poste_de_iluminacao_publica_no_bairro_alto_dos_remedios_nas_proximidades_da_residencia_do_sr._ulisses.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/652/requerimento_n_55-2025_-_patricio_sinderley_-_implementacao_de_2_faixas_de_pedestres_nas_duas_entradas_do_alto_dos_remedios_2_redutores_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/653/requerimento_n_56-2025_-_cypriano_pinheiro_-_implementacao_de_1_redutor_de_velocidade_quebra-mola_no_portico_da_entrada_de_cruzeta-acari..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_n_57-2025_-_walfredo_cesino_-projeto_de_lei_19.2025_regime_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_n_58-2025_-_walfredo_cesino.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/668/requerimento_n_59-2025_-_gabriella_laisy_-_projeto_de_lei_25-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/672/requerimento_n_60-2025_-_ariluzia_sasnara.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/516/projeto_de_resolun_01-2025_-_mesa_diretora_-_cria_no_ambito_municipal_o_parlamento_jovem_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/527/emenda_a_lei_organica_n_01-2025_-_altera_a_lei_organica_do_municipio_de_cruzeta-rn_para_incluir__o_art._119-a.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_n_01-2025_-_itan_lobo_de_medeiros_-_nomear_ruas.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/501/indicacao_n_02-2025_-_itan_lobo_de_medeiros_-_solicitando_que_seja_colocado_quebra-molas_nas_seguintes_ruas_do_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/538/indicacao_n_03-2025_-_gabriella_laisy_-_solicitando_que_encaminhe_a_esta_camara_projeto_de_lei_que_institua_o_programa_municipal_de_incentivo_ao_esporte_e_lazer__bolsa_atleta.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/571/indicacao_n_04-2025_-_gabriella_laisy_-_solicitando_que_encaminhe_a_esta_casa_legislativa_o_projeto_de_lei_assegurando_as_criancas_diagnosticadas_com_transtorno_do_espectro_autista.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_n_05-2025_-_ariluzia_sasnara_-_solicitando_a_titulo_de_sugestao_a_denominacao_de_ruas_eou_predios_publicos_com_os_nomes_do_casal_sr._antonio_geraldo_de_almeida_e_a_sra_jo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/655/indicacao_n_06-2025_-_patricio_sinderley_-_gestao_se_sensibilize_e_arque_com_as_despesas_totais_ou_parciais_de_reforma_do_quiosque_publico_localizado_na_praca_dr._silvio_bezerra_de_melo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/606/projeto_de_decreto_legislativo_no_01-2025_-_contas_anuais_joaquim_jose_de_medeiros_-_2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/610/projeto_de_decreto_legislativo_no_02-_2025_-_titulo_de_cidadao_cruzetense_a_sra._vitoria_dantas.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/611/projeto_de_decreto_legislativo_no_03-_2025_-_titulo_de_cidadao_cruzetense_ao_sr._euripedes_araujo_costa_junior.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/612/projeto_de_decreto_legislativo_no_04-2025_-_titulo_de_cidadao_cruzetense_a_sra._julia_ferreira_lopes_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/613/projeto_de_decreto_legislativo_no_05-_2025_-_titulo_de_cidadao_cruzetense_ao_sr._victor_fabricio_alexandre_sales.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/614/projeto_de_decreto_legislativo_no_06-2025_-_titulo_de_cidadao_cruzetense_ao_sr._cicero_damiao_felix_aciole.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/615/projeto_de_decreto_legislativo_no_07-_2025_-_titulo_de_cidadao_cruzetense_ao_sr._roberth_batista_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/616/projeto_de_decreto_legislativo_no_08-2025_-_titulo_de_cidadao_cruzetense_ao_sr._marcos_george_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/617/projeto_de_decreto_legislativo_no_09-2025_-_titulo_de_cidadao_cruzetense_ao_sr._roberto_carlos_cavalcante_ferreira.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/618/projeto_de_decreto_legislativo_no_10-2025_-__titulo_de_cidadao_cruzetense_a_sra._mikaelly_fernanda_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/619/projeto_de_decreto_legislativo_no_11-2025_-_titulo_de_cidadao_cruzetense_a_sra._edna_fernandes_da_nobrega_medeiros.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/620/projeto_de_decreto_legislativo_no_12-2025_-_titulo_de_cidadao_cruzetense_ao_sr._marcelo_araujo_de_assis.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/621/projeto_de_decreto_legislativo_no_13-2025_-_titulo_de_cidadao_cruzetense_a_sra._sonia_maria_de_medeiros_silva.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/625/projeto_de_decreto_legislativo_no_14-2025_-_titulo_de_cidadao_cruzetense_ao_sr._cicero_diniz_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/627/projeto_de_decreto_legislativo_no_16-2025_-_titulo_de_cidadao_cruzetense_a_sra._benedita_araujo_alves.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/628/projeto_de_decreto_legislativo_no_17-2025_-_titulo_de_cidadao_cruzetense_a_sra._elizabeth_macedo_costa_santos.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/630/projeto_de_decreto_legislativo_no_19-2025_-titulo_de_cidadao_cruzetense_ao_sr._edson_filho.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/577/projeto_de_lei_n_12-2025_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2026_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/474/leitura_anual_2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/478/comunicacao_n_01-2025__movimento_democratico_brasileiro-_mdb.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/479/comunicacao_02-2025_partido_da_social_democracia_brasileira_-_psdb.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/480/comunicacao_03-2025_partido_da_social_democracia_brasileira_-_psdb.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/481/comunicacao_04-2025_movimento_democratico_brasileiro-_mdb.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/607/comunicacao_n_05-2025_-_renuncia_do_vereador_hildeberto_diniz_da_lideranca.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/608/comunicacao_n_06-2025-_lider_oposicionista_vereador_patricio_sinderley.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/635/emenda_impositiva_n_01-2025_-_ariluzia_sasnara.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/637/emenda_impositiva_n_03-2025_-itan_lobo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/638/emenda_impositiva_n_04-2025_-walfredo_cesino.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/639/emenda_impositiva_n_05-2025_-patricio_sinderley.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/640/emenda_impositiva_n_06-2025_-cypriano_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/641/emenda_impositiva_n_07-2025_-_katia_albertina.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/642/emenda_impositiva_n_08-2025_-jose_ethel.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cruzeta.rn.leg.br/media/sapl/public/materialegislativa/2025/643/emenda_impositiva_n_09-2025_-gabriella_laisy.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H197"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="55.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>